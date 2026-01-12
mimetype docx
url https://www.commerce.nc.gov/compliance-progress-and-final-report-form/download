--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,3336 +1,3530 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
-  <Override PartName="/word/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4BC5975C" w14:textId="77777777" w:rsidR="00FC5A38" w:rsidRDefault="00FC5A38" w:rsidP="003F53B0">
+    <w:p w14:paraId="5E4CE546" w14:textId="47DE854A" w:rsidR="00993C04" w:rsidRDefault="00FC5A38" w:rsidP="00901EBC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
           <w:b/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC5A38">
+      <w:r w:rsidRPr="00B22450">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
           <w:b/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Progress </w:t>
       </w:r>
-      <w:r w:rsidR="00DC31B0">
+      <w:r w:rsidR="00DC31B0" w:rsidRPr="00B22450">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
           <w:b/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">and Final </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC5A38">
+      <w:r w:rsidRPr="00B22450">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
           <w:b/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Report Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764C8B5F" w14:textId="77777777" w:rsidR="00993C04" w:rsidRDefault="00993C04" w:rsidP="00FC5A38">
+    <w:p w14:paraId="35AD0D0E" w14:textId="77777777" w:rsidR="00901EBC" w:rsidRDefault="00901EBC" w:rsidP="00901EBC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
           <w:b/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...139 lines deleted...]
-    <w:p w14:paraId="246B85B9" w14:textId="77777777" w:rsidR="00993C04" w:rsidRPr="00993C04" w:rsidRDefault="00993C04" w:rsidP="00FC5A38">
+    <w:p w14:paraId="570570DE" w14:textId="61EFF85C" w:rsidR="00993C04" w:rsidRDefault="00901EBC" w:rsidP="00901EBC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+            <w:b/>
+            <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+          </w:rPr>
+          <w:id w:val="1883359782"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00D55373">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EB3E39">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C6CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+        </w:rPr>
+        <w:t>Progress Report</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidR="00080C88" w:rsidRPr="00080C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
           <w:b/>
-          <w:sz w:val="14"/>
-          <w:u w:val="single"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+            <w:b/>
+            <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+          </w:rPr>
+          <w:id w:val="1630664841"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:b/>
+              <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00EB3E39">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C6CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+        </w:rPr>
+        <w:t>Final Report</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF181C8" w14:textId="77777777" w:rsidR="00901EBC" w:rsidRPr="00901EBC" w:rsidRDefault="00901EBC" w:rsidP="00901EBC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BF5CE3E" w14:textId="77777777" w:rsidR="00FC5A38" w:rsidRPr="00FC5A38" w:rsidRDefault="00FC5A38">
+    <w:p w14:paraId="06C7E126" w14:textId="3D726257" w:rsidR="00FC5A38" w:rsidRPr="00B22450" w:rsidRDefault="00FC5A38">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="634"/>
         <w:gridCol w:w="891"/>
         <w:gridCol w:w="157"/>
         <w:gridCol w:w="1288"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="143"/>
         <w:gridCol w:w="307"/>
         <w:gridCol w:w="719"/>
         <w:gridCol w:w="224"/>
         <w:gridCol w:w="227"/>
         <w:gridCol w:w="313"/>
         <w:gridCol w:w="718"/>
         <w:gridCol w:w="2659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C43F13" w:rsidRPr="00DC46EF" w14:paraId="0A2B181E" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="6EE7F4CA" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF5F7AB" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00DC46EF" w:rsidRDefault="00C43F13" w:rsidP="00271462">
+          <w:p w14:paraId="3D1522E1" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00B22450" w:rsidRDefault="00C43F13" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>GRANTEE INFORMATION</w:t>
             </w:r>
-            <w:r w:rsidR="0090713E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="0090713E" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (to be completed by Grantee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090713E" w:rsidRPr="00DC46EF" w14:paraId="01C5A079" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="358212CE" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3248E4D5" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
+          <w:p w14:paraId="53A6EE88" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="317F801E" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4619A8B4" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0362D658" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
+          <w:p w14:paraId="6169DE4D" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090713E" w:rsidRPr="00DC46EF" w14:paraId="5B298344" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="5ED5F5CA" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4320" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15AA05C5" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
+          <w:p w14:paraId="5A1832B7" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Reporting Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36AC18CE" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6D5E7410" w14:textId="37AF197A" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03407733" w14:textId="1D96D30D" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="00187CCB" w:rsidP="00271462">
+          <w:p w14:paraId="5B9784FE" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...15 lines deleted...]
-                <w:b/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contract Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090713E" w:rsidRPr="00DC46EF" w14:paraId="01B4D931" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="21DB79E3" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="629DBA32" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="51432757" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="57FCEF9F" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="18491018" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D819057" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="45FB3A3E" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E8B0A76" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="51F627FA" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="071D14D5" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6B687849" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090713E" w:rsidRPr="00DC46EF" w14:paraId="1DA579F6" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="63D056A2" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11FCEDEB" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7BDFCC8F" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>From:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F3FFDEE" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="00935524" w:rsidP="00354B38">
+          <w:p w14:paraId="53B774A5" w14:textId="105321CE" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text1"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="000773A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="000773A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="000773A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="000773A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="000773A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44FD6EB9" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4002D0F5" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="498D9230" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="471719E0" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contract Ref#</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="572E1341" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="00935524" w:rsidP="00354B38">
+          <w:p w14:paraId="5C487C2B" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090713E" w:rsidRPr="00DC46EF" w14:paraId="546DE882" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="60A53111" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70448192" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4A987CF6" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F2BA884" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
+          <w:p w14:paraId="56FEC9B9" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(date)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18EC87C7" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="078DAEAE" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45219D22" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6172EEF9" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3595F1E7" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1146B547" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090713E" w:rsidRPr="00DC46EF" w14:paraId="1DAA24F7" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="7B57EA1B" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="177DA8E8" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3C5855EF" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AC5926A" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="23E575DC" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="188EC6F3" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="34E75011" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="387314F8" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="28F7592B" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31F84CE1" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="34249AEB" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00271462" w:rsidRPr="00DC46EF" w14:paraId="32D95118" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="10091CEF" w14:textId="77777777" w:rsidTr="00271462">
         <w:trPr>
           <w:gridAfter w:val="8"/>
           <w:wAfter w:w="5310" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2358C750" w14:textId="77777777" w:rsidR="00271462" w:rsidRPr="00DC46EF" w:rsidRDefault="00271462" w:rsidP="00271462">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="76BD0B9C" w14:textId="77777777" w:rsidR="00271462" w:rsidRPr="00B22450" w:rsidRDefault="00271462" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>To:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FE308A7" w14:textId="77777777" w:rsidR="00271462" w:rsidRPr="00DC46EF" w:rsidRDefault="00935524" w:rsidP="00354B38">
+          <w:p w14:paraId="4D735EF9" w14:textId="23586586" w:rsidR="00271462" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F71097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F71097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F71097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F71097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F71097">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63CFB82C" w14:textId="77777777" w:rsidR="00271462" w:rsidRPr="00DC46EF" w:rsidRDefault="00271462" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5E0F67AC" w14:textId="77777777" w:rsidR="00271462" w:rsidRPr="00B22450" w:rsidRDefault="00271462" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0090713E" w:rsidRPr="00DC46EF" w14:paraId="50827CE8" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="1819B764" w14:textId="77777777" w:rsidTr="00271462">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5608C8C7" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="48A7C26F" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0B69F0" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
+          <w:p w14:paraId="66DAEC58" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:i/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(date)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12EBE865" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="77A9EBDE" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F3F13C0" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4CCAA62C" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31E59B45" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00DC46EF" w:rsidRDefault="0090713E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1555D003" w14:textId="77777777" w:rsidR="0090713E" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9566E" w:rsidRPr="002D79D7" w14:paraId="1FD0B668" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="06037E86" w14:textId="77777777" w:rsidTr="00271462">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38FEBE20" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+          <w:p w14:paraId="2D9D48ED" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9566E" w:rsidRPr="002D79D7" w14:paraId="04336C59" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="214FF323" w14:textId="77777777" w:rsidTr="00271462">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24F27306" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4F1986A9" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9566E" w:rsidRPr="002D79D7" w14:paraId="746895F0" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="4F7F5ADB" w14:textId="77777777" w:rsidTr="00271462">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43D04A87" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00E46C7C" w:rsidRDefault="00A9566E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="132F5538" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Grantee Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3208" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28C7FFBA" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00935524" w:rsidP="00354B38">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="19E4EE1B" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BAA3E84" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+          <w:p w14:paraId="7E8F5473" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Project Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3917" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D2D0D6A" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00935524" w:rsidP="00354B38">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5BA7CD64" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9566E" w:rsidRPr="002D79D7" w14:paraId="068E1303" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="5939FB94" w14:textId="77777777" w:rsidTr="00271462">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B4D10E5" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+          <w:p w14:paraId="63CD621E" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9566E" w:rsidRPr="002D79D7" w14:paraId="610BB4D7" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="5EDD50F0" w14:textId="77777777" w:rsidTr="00271462">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="137C0A46" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20753F13" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...9 lines deleted...]
-              <w:t>:</w:t>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>Project Contact Completing this Form:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3553" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18A2CB0A" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00935524" w:rsidP="00354B38">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4D017B5E" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38540D88" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+          <w:p w14:paraId="4CE69938" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B97FE84" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00935524" w:rsidP="00354B38">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4590CB8A" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9566E" w:rsidRPr="002D79D7" w14:paraId="4EBA249C" w14:textId="77777777" w:rsidTr="00271462">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="4A531ED6" w14:textId="77777777" w:rsidTr="00271462">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1925805D" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+          <w:p w14:paraId="6B76DEED" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9566E" w:rsidRPr="002D79D7" w14:paraId="03544218" w14:textId="77777777" w:rsidTr="00935524">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="31713020" w14:textId="77777777" w:rsidTr="00935524">
         <w:tblPrEx>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1682" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="561B50AF" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="71D2D194" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Primary Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3358" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70F32582" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00935524" w:rsidP="00354B38">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3FBF12CD" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="719" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AF2E78F" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00A9566E" w:rsidP="00271462">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20411C04" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00A9566E" w:rsidP="00271462">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:bCs/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13AA3231" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="002D79D7" w:rsidRDefault="00935524" w:rsidP="00354B38">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7CDC7B40" w14:textId="77777777" w:rsidR="00A9566E" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="52784059" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00FC5A38" w:rsidRDefault="00C43F13">
+    <w:p w14:paraId="5E50086D" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00B22450" w:rsidRDefault="00C43F13">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10049" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10049"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C43F13" w:rsidRPr="00DC46EF" w14:paraId="21F067AA" w14:textId="77777777" w:rsidTr="00DC31B0">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="657B4954" w14:textId="77777777" w:rsidTr="00DC31B0">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
           </w:tcPr>
-          <w:p w14:paraId="6A4987EC" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00DC46EF" w:rsidRDefault="00C43F13" w:rsidP="00C43F13">
+          <w:p w14:paraId="3F601E68" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00B22450" w:rsidRDefault="00C43F13" w:rsidP="00C43F13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                 <w:b/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PROJECT SUMMARY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43F13" w:rsidRPr="00DC46EF" w14:paraId="2173192C" w14:textId="77777777" w:rsidTr="00DC31B0">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="696653A5" w14:textId="77777777" w:rsidTr="00DC31B0">
         <w:trPr>
           <w:trHeight w:val="122"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EC5B30F" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00E46C7C" w:rsidRDefault="00C43F13">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="45B91BA5" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00B22450" w:rsidRDefault="00C43F13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C43F13" w:rsidRPr="00DC46EF" w14:paraId="35243D5D" w14:textId="77777777" w:rsidTr="00DC31B0">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="45CE35FE" w14:textId="77777777" w:rsidTr="00DC31B0">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="579974D7" w14:textId="666C4494" w:rsidR="00C43F13" w:rsidRPr="00DC46EF" w:rsidRDefault="00C43F13" w:rsidP="00DC31B0">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="15A3BE74" w14:textId="20C37EEA" w:rsidR="00C43F13" w:rsidRPr="00B22450" w:rsidRDefault="00C43F13" w:rsidP="00DC31B0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidR="00464C7E" w:rsidRPr="00464C7E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00464C7E" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Please provide a </w:t>
             </w:r>
-            <w:r w:rsidR="00DC31B0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00DC31B0" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">detailed description of </w:t>
             </w:r>
-            <w:r w:rsidR="005B3548">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="005B3548" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">the project progress to date. </w:t>
             </w:r>
-            <w:r w:rsidR="00DC31B0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00DC31B0" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AE1FA8">
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00AE1FA8" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>For Downtown Revitalization Projec</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB5DB6" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00077A5C" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005B3548">
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="005B3548" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Final Report: p</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC31B0" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">rovide a detailed list of expenditures including the item and </w:t>
             </w:r>
-            <w:r w:rsidR="006F4F1E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00B22450" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>cost and</w:t>
             </w:r>
-            <w:r w:rsidR="00464C7E" w:rsidRPr="00464C7E">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00464C7E" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005B3548">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="005B3548" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00F24212">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F24212" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ttach copies of invoices/receipts for each expenditure paid with grant funds.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A85115" w:rsidRPr="00DC46EF" w14:paraId="69DF850E" w14:textId="77777777" w:rsidTr="00526D26">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="20BF7B72" w14:textId="77777777" w:rsidTr="00526D26">
         <w:trPr>
           <w:trHeight w:val="4535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10049" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FA208D" w14:textId="77777777" w:rsidR="00DC31B0" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00354B38">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00B22450">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F005D67" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00FC5A38" w:rsidRDefault="00C43F13">
+    <w:p w14:paraId="6CEF7D0F" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00B22450" w:rsidRDefault="00C43F13">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="12"/>
-          <w:szCs w:val="16"/>
-[...20 lines deleted...]
-          <w:sz w:val="10"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00064DC2" w:rsidRPr="00DC46EF" w14:paraId="2DB63205" w14:textId="77777777" w:rsidTr="00064DC2">
+      <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="68D9568C" w14:textId="77777777" w:rsidTr="00064DC2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9900" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="6551"/>
               <w:gridCol w:w="846"/>
               <w:gridCol w:w="2215"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00064DC2" w:rsidRPr="00505AD4" w14:paraId="27BA6EE8" w14:textId="77777777" w:rsidTr="00F85F83">
+            <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="7AEDBBE7" w14:textId="77777777" w:rsidTr="00F85F83">
               <w:trPr>
                 <w:trHeight w:val="432"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6599" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="3FF13C2C" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
+                <w:p w14:paraId="49738D6B" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
                   <w:pPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="853" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="249E27A6" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
+                <w:p w14:paraId="710530EA" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
                   <w:pPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w14:paraId="6263BF9A" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00935524" w:rsidP="00354B38">
+                <w:p w14:paraId="6F326230" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
                   <w:pPr>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val="Text1"/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput>
                           <w:type w:val="date"/>
                           <w:format w:val="M/d/yyyy"/>
                         </w:textInput>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00064DC2" w:rsidRPr="00505AD4" w14:paraId="44235448" w14:textId="77777777" w:rsidTr="00F85F83">
+            <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="51889A31" w14:textId="77777777" w:rsidTr="00F85F83">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="6599" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="363D8CB4" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
+                <w:p w14:paraId="0D4E7F7D" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                       <w:b/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00505AD4">
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                       <w:b/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>SIGNATURE OF CHIEF ELECTED OFFICIAL/AUTHORIZED REPRESENTATIVE</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="853" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="724BA7BC" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
+                <w:p w14:paraId="177D878C" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                       <w:b/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2232" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="5B6EC909" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
+                <w:p w14:paraId="45C5D4FC" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                       <w:b/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                       <w:b/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t>Date</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00064DC2" w:rsidRPr="00505AD4" w14:paraId="3637CDC0" w14:textId="77777777" w:rsidTr="00F85F83">
+            <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="36B6A51A" w14:textId="77777777" w:rsidTr="00F85F83">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9684" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="1A652B38" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
+                <w:p w14:paraId="0090310E" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00064DC2" w:rsidRPr="00505AD4" w14:paraId="5A64B44C" w14:textId="77777777" w:rsidTr="00F85F83">
+            <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="535E2D90" w14:textId="77777777" w:rsidTr="00F85F83">
               <w:trPr>
                 <w:trHeight w:val="360"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9684" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="15DD0064" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00935524" w:rsidP="00354B38">
+                <w:p w14:paraId="17E8A712" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00935524" w:rsidP="00354B38">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="begin">
                       <w:ffData>
                         <w:name w:val=""/>
                         <w:enabled/>
                         <w:calcOnExit w:val="0"/>
                         <w:textInput/>
                       </w:ffData>
                     </w:fldChar>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="separate"/>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r w:rsidR="00354B38">
+                  <w:r w:rsidR="00354B38" w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:t> </w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                     <w:fldChar w:fldCharType="end"/>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00064DC2" w:rsidRPr="00505AD4" w14:paraId="2DE07D0F" w14:textId="77777777" w:rsidTr="00F85F83">
+            <w:tr w:rsidR="00B22450" w:rsidRPr="00B22450" w14:paraId="2207755C" w14:textId="77777777" w:rsidTr="00F85F83">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9684" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="bottom"/>
                 </w:tcPr>
-                <w:p w14:paraId="6465BBBF" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00505AD4" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
+                <w:p w14:paraId="5F06C6DA" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2" w:rsidP="00F85F83">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                       <w:b/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00505AD4">
+                  <w:r w:rsidRPr="00B22450">
                     <w:rPr>
-                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Arial"/>
                       <w:b/>
+                      <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
                       <w:sz w:val="16"/>
                       <w:szCs w:val="16"/>
                     </w:rPr>
-                    <w:t>TYPED NAME</w:t>
-[...8 lines deleted...]
-                    <w:t xml:space="preserve"> AND TITLE</w:t>
+                    <w:t>TYPED NAME AND TITLE</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="182A66CB" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRDefault="00064DC2"/>
+          <w:p w14:paraId="132E0DEF" w14:textId="77777777" w:rsidR="00064DC2" w:rsidRPr="00B22450" w:rsidRDefault="00064DC2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+                <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41A9AD1A" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00A85115" w:rsidRDefault="00C43F13" w:rsidP="0064139D">
+    <w:p w14:paraId="74DA390F" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRPr="00B22450" w:rsidRDefault="00C43F13" w:rsidP="0064139D">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova"/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
           <w:sz w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C43F13" w:rsidRPr="00A85115" w:rsidSect="00D04083">
+    <w:p w14:paraId="72CBEC7B" w14:textId="1189A0AC" w:rsidR="00D8415F" w:rsidRPr="00B22450" w:rsidRDefault="00D8415F" w:rsidP="00D8415F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+        </w:rPr>
+        <w:t>Please e-mail completed form to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22450">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="008067DB" w:rsidRPr="005852CA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Calibri Light"/>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>reireports@commerce.nc.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008067DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Nova" w:hAnsi="Arial Nova" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B22450">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D8415F" w:rsidRPr="00B22450" w:rsidSect="00C43F13">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="540" w:right="1152" w:bottom="864" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="637B60DB" w14:textId="77777777" w:rsidR="00D04083" w:rsidRDefault="00D04083">
+    <w:p w14:paraId="68AA2E9B" w14:textId="77777777" w:rsidR="00135913" w:rsidRDefault="00135913">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="173D726A" w14:textId="77777777" w:rsidR="00D04083" w:rsidRDefault="00D04083">
+    <w:p w14:paraId="77943022" w14:textId="77777777" w:rsidR="00135913" w:rsidRDefault="00135913">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Arial Nova">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="0000028F" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3AC426D1" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRDefault="00C43F13" w:rsidP="00C43F13">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BA2AEB5" w14:textId="77777777" w:rsidR="00C43F13" w:rsidRDefault="00C43F13" w:rsidP="00C43F13">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CB45D8">
+    <w:r w:rsidR="003E0530">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -3341,523 +3535,479 @@
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CB45D8">
+    <w:r w:rsidR="003E0530">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F7123F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1211FFFD" w14:textId="0CAD7EB2" w:rsidR="003F7897" w:rsidRDefault="009E111F" w:rsidP="00187CCB">
+  <w:p w14:paraId="2B1552A9" w14:textId="235B2780" w:rsidR="003F7897" w:rsidRPr="00F7123F" w:rsidRDefault="009E111F" w:rsidP="003F7897">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Last Updated </w:t>
     </w:r>
-    <w:r w:rsidR="00187CCB">
+    <w:r w:rsidR="00D8415F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>July 2024</w:t>
+      <w:t>J</w:t>
     </w:r>
-  </w:p>
-[...13 lines deleted...]
-    <w:r w:rsidRPr="00187CCB">
+    <w:r w:rsidR="00CE27C3">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
-        <w:b/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Please return executed pdf copy to </w:t>
-[...23 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>anuary 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5728CCB3" w14:textId="77777777" w:rsidR="00D04083" w:rsidRDefault="00D04083">
+    <w:p w14:paraId="7F47CEC7" w14:textId="77777777" w:rsidR="00135913" w:rsidRDefault="00135913">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E4238A2" w14:textId="77777777" w:rsidR="00D04083" w:rsidRDefault="00D04083">
+    <w:p w14:paraId="7745B96B" w14:textId="77777777" w:rsidR="00135913" w:rsidRDefault="00135913">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
-      <w:tblW w:w="10440" w:type="dxa"/>
-[...2 lines deleted...]
-      </w:tblBorders>
+      <w:tblW w:w="10188" w:type="dxa"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="4950"/>
-      <w:gridCol w:w="5490"/>
+      <w:gridCol w:w="4416"/>
+      <w:gridCol w:w="5772"/>
     </w:tblGrid>
-    <w:tr w:rsidR="0064139D" w14:paraId="4A54BB8B" w14:textId="77777777" w:rsidTr="00187CCB">
+    <w:tr w:rsidR="0064139D" w14:paraId="06ABAD46" w14:textId="77777777" w:rsidTr="00B22450">
       <w:trPr>
         <w:trHeight w:val="1680"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="4950" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tcW w:w="4416" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="44525DFE" w14:textId="3420A4D3" w:rsidR="0064139D" w:rsidRDefault="00187CCB" w:rsidP="00856117">
+        <w:p w14:paraId="184E3C9B" w14:textId="4E30F974" w:rsidR="0064139D" w:rsidRDefault="00B22450" w:rsidP="00856117">
           <w:pPr>
             <w:pStyle w:val="Header"/>
           </w:pPr>
           <w:r>
             <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
+              <w:color w:val="000000"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C5B4207" wp14:editId="4419FD8B">
-                <wp:extent cx="2675890" cy="952500"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F1ADC11" wp14:editId="3FC39B7E">
+                <wp:extent cx="2667000" cy="944880"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1293315055" name="Picture 1"/>
+                <wp:docPr id="577" name="Picture 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId1">
+                        <a:blip r:embed="rId1" r:link="rId2">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2675890" cy="952500"/>
+                          <a:ext cx="2667000" cy="944880"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="5490" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tcW w:w="5772" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2BB410C7" w14:textId="77777777" w:rsidR="00187CCB" w:rsidRDefault="00187CCB" w:rsidP="00187CCB">
+        <w:p w14:paraId="0CA53577" w14:textId="77777777" w:rsidR="00B22450" w:rsidRPr="00B22450" w:rsidRDefault="00B22450" w:rsidP="00B22450">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+              <w:sz w:val="10"/>
+              <w:szCs w:val="10"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+        <w:p w14:paraId="3A313DA2" w14:textId="7530ADA0" w:rsidR="0064139D" w:rsidRPr="00B22450" w:rsidRDefault="0090713E" w:rsidP="00B22450">
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00B22450">
+            <w:rPr>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Rural </w:t>
+          </w:r>
+          <w:r w:rsidR="00B22450" w:rsidRPr="00B22450">
+            <w:rPr>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Engagement &amp; Investment Programs</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="0E164041" w14:textId="77777777" w:rsidR="0064139D" w:rsidRPr="005F53EE" w:rsidRDefault="0064139D" w:rsidP="00B22450">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="right"/>
-            <w:rPr>
-[...75 lines deleted...]
-            <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:b/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="2FAB983E" w14:textId="77777777" w:rsidR="0064139D" w:rsidRDefault="005F6385" w:rsidP="0064139D">
+  <w:p w14:paraId="0322F7A1" w14:textId="77777777" w:rsidR="0064139D" w:rsidRDefault="003C58A7" w:rsidP="0064139D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
-      <w:pict w14:anchorId="7D923719">
-        <v:rect id="_x0000_i1029" style="width:547.2pt;height:4pt" o:hrpct="0" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="black" stroked="f"/>
+      <w:pict w14:anchorId="0AD6F282">
+        <v:rect id="_x0000_i1027" style="width:547.2pt;height:4pt" o:hrpct="0" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="black" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="E1yPrssCNd485sjpgFDe+UVavEcBjMmqmL91cG7y+aqTQn8bAiHheJeKTgOVSLaxne9+APVhWltyVtwtkSP1LA==" w:salt="gZA3Tm/26bHDI67/1sXm5Q=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003707FB"/>
+    <w:rsid w:val="00004FAE"/>
     <w:rsid w:val="00025C74"/>
     <w:rsid w:val="000372C3"/>
     <w:rsid w:val="00044398"/>
     <w:rsid w:val="00064DC2"/>
+    <w:rsid w:val="000773A7"/>
     <w:rsid w:val="00077A5C"/>
+    <w:rsid w:val="00080C88"/>
     <w:rsid w:val="000F663C"/>
     <w:rsid w:val="00103C01"/>
     <w:rsid w:val="00104BC1"/>
+    <w:rsid w:val="00135913"/>
+    <w:rsid w:val="00142389"/>
     <w:rsid w:val="00170C6D"/>
     <w:rsid w:val="00172542"/>
-    <w:rsid w:val="00187CCB"/>
+    <w:rsid w:val="00173D4D"/>
     <w:rsid w:val="001B48C7"/>
-    <w:rsid w:val="001E4446"/>
+    <w:rsid w:val="001D550E"/>
     <w:rsid w:val="00211474"/>
+    <w:rsid w:val="00225F9D"/>
     <w:rsid w:val="00235687"/>
     <w:rsid w:val="00271462"/>
     <w:rsid w:val="002A22F7"/>
+    <w:rsid w:val="002A5136"/>
     <w:rsid w:val="002B20B6"/>
     <w:rsid w:val="002D7728"/>
     <w:rsid w:val="00323B05"/>
     <w:rsid w:val="00336259"/>
     <w:rsid w:val="00354B38"/>
     <w:rsid w:val="003707FB"/>
-    <w:rsid w:val="0038332C"/>
+    <w:rsid w:val="003C58A7"/>
     <w:rsid w:val="003D4C7D"/>
     <w:rsid w:val="003E0530"/>
     <w:rsid w:val="003F53B0"/>
     <w:rsid w:val="003F7897"/>
+    <w:rsid w:val="00401C78"/>
+    <w:rsid w:val="00425F2D"/>
+    <w:rsid w:val="00427647"/>
     <w:rsid w:val="00442F9C"/>
     <w:rsid w:val="0046104E"/>
     <w:rsid w:val="0046383F"/>
     <w:rsid w:val="00464C7E"/>
+    <w:rsid w:val="00496845"/>
     <w:rsid w:val="004A1F43"/>
+    <w:rsid w:val="004B35BB"/>
+    <w:rsid w:val="004C29F9"/>
+    <w:rsid w:val="004C7473"/>
     <w:rsid w:val="004D2CC4"/>
-    <w:rsid w:val="005213F8"/>
+    <w:rsid w:val="00500BFF"/>
+    <w:rsid w:val="00510677"/>
     <w:rsid w:val="00526D26"/>
+    <w:rsid w:val="00527E92"/>
     <w:rsid w:val="005762B3"/>
     <w:rsid w:val="00582F3B"/>
     <w:rsid w:val="005B3548"/>
+    <w:rsid w:val="005C6CBF"/>
     <w:rsid w:val="005F03D8"/>
-    <w:rsid w:val="005F6385"/>
     <w:rsid w:val="0061616F"/>
     <w:rsid w:val="00640434"/>
     <w:rsid w:val="0064139D"/>
+    <w:rsid w:val="00647E1D"/>
     <w:rsid w:val="00650C20"/>
     <w:rsid w:val="0068155E"/>
     <w:rsid w:val="00695C1C"/>
-    <w:rsid w:val="006C405D"/>
-    <w:rsid w:val="006E346C"/>
     <w:rsid w:val="006F221D"/>
-    <w:rsid w:val="006F4F1E"/>
-    <w:rsid w:val="007060FC"/>
     <w:rsid w:val="00782E48"/>
     <w:rsid w:val="007A2C3A"/>
     <w:rsid w:val="007F0E51"/>
+    <w:rsid w:val="008067DB"/>
     <w:rsid w:val="0081324D"/>
     <w:rsid w:val="00856117"/>
     <w:rsid w:val="00885FEB"/>
     <w:rsid w:val="008B6FB6"/>
     <w:rsid w:val="008D23D7"/>
+    <w:rsid w:val="00901EBC"/>
     <w:rsid w:val="0090713E"/>
     <w:rsid w:val="00935524"/>
     <w:rsid w:val="00993C04"/>
-    <w:rsid w:val="00996A43"/>
     <w:rsid w:val="009E111F"/>
     <w:rsid w:val="00A373E5"/>
+    <w:rsid w:val="00A65454"/>
     <w:rsid w:val="00A6589F"/>
     <w:rsid w:val="00A85115"/>
     <w:rsid w:val="00A91D6C"/>
     <w:rsid w:val="00A9566E"/>
     <w:rsid w:val="00AB01CD"/>
-    <w:rsid w:val="00AC1B5F"/>
+    <w:rsid w:val="00AC51AB"/>
     <w:rsid w:val="00AE1FA8"/>
     <w:rsid w:val="00AE6190"/>
+    <w:rsid w:val="00B22450"/>
+    <w:rsid w:val="00B30E10"/>
     <w:rsid w:val="00B41117"/>
+    <w:rsid w:val="00B60081"/>
     <w:rsid w:val="00B84807"/>
     <w:rsid w:val="00B97259"/>
     <w:rsid w:val="00BB557C"/>
     <w:rsid w:val="00C43F13"/>
-    <w:rsid w:val="00CB45D8"/>
+    <w:rsid w:val="00C73A0F"/>
     <w:rsid w:val="00CC1245"/>
     <w:rsid w:val="00CC5BB1"/>
+    <w:rsid w:val="00CE27C3"/>
     <w:rsid w:val="00CE3D55"/>
-    <w:rsid w:val="00D04083"/>
+    <w:rsid w:val="00D55373"/>
+    <w:rsid w:val="00D65795"/>
+    <w:rsid w:val="00D8415F"/>
+    <w:rsid w:val="00D92007"/>
     <w:rsid w:val="00DA1DB8"/>
     <w:rsid w:val="00DA2ADD"/>
     <w:rsid w:val="00DB5DB6"/>
     <w:rsid w:val="00DC31B0"/>
-    <w:rsid w:val="00E00DCB"/>
     <w:rsid w:val="00E3690E"/>
+    <w:rsid w:val="00E44310"/>
     <w:rsid w:val="00E46C7C"/>
     <w:rsid w:val="00EA3F3E"/>
     <w:rsid w:val="00EB01A8"/>
+    <w:rsid w:val="00EB3E39"/>
     <w:rsid w:val="00F212F9"/>
     <w:rsid w:val="00F24212"/>
     <w:rsid w:val="00F61993"/>
     <w:rsid w:val="00F70429"/>
+    <w:rsid w:val="00F71097"/>
     <w:rsid w:val="00F85F83"/>
     <w:rsid w:val="00FC5A38"/>
     <w:rsid w:val="00FF10A6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef m:val="0"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7423638D"/>
+  <w14:docId w14:val="427659C3"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{81EC1E50-B4D7-4AE3-828B-71A67F2416C6}"/>
+  <w15:docId w15:val="{0FEB06E1-3906-4D6A-B140-01D09FF507CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -4208,104 +4358,82 @@
     <w:rsid w:val="00CD6B05"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00CD6B05"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0064139D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00187CCB"/>
+    <w:rsid w:val="00D8415F"/>
     <w:rPr>
-      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00187CCB"/>
+    <w:rsid w:val="00D8415F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reireports@commerce.nc.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reireports@commerce.nc.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
-[...15 lines deleted...]
-<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D40-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image001.png@01DABCE4.3AFF82C0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -4571,79 +4699,114 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009A8501B98A75284095413D0B5D000C39" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="102aede04461137bd40ff013bbaf7a29">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" xmlns:ns3="cd270f38-e6b2-4c6a-a0f1-56965b2848d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d0f9f6a5ce6941920c8f97cbec06db9e" ns1:_="" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cd270f38-e6b2-4c6a-a0f1-56965b2848d3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009A8501B98A75284095413D0B5D000C39" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c19286686725a769357c8487dbd57bbd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" xmlns:ns3="cd270f38-e6b2-4c6a-a0f1-56965b2848d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="86ed1837bef119b6fe02a0d553537952" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b"/>
     <xsd:import namespace="cd270f38-e6b2-4c6a-a0f1-56965b2848d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -4729,50 +4892,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -4829,142 +4997,176 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-</p:properties>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5661CC3F-5938-44B4-B41B-76EA18122A4E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15D89F1C-12DD-4D2D-B96A-D2F35E277451}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58C7107C-BE50-4204-A007-2C47901C6FE1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5840B1D3-4CDB-4C4B-B25A-8273BD14E18D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="cd270f38-e6b2-4c6a-a0f1-56965b2848d3"/>
+    <ds:schemaRef ds:uri="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE0B850B-8F3E-4DA1-8DE6-CEEAF45DF9CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b"/>
     <ds:schemaRef ds:uri="cd270f38-e6b2-4c6a-a0f1-56965b2848d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE44BC44-D588-4F00-A3C5-9229C5CB54D9}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA988A26-6D16-4830-AC45-96DA7AAC2411}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>104</Words>
-  <Characters>971</Characters>
+  <Words>157</Words>
+  <Characters>964</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>120</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC Rural Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1073</CharactersWithSpaces>
+  <CharactersWithSpaces>1065</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:i4>2490377</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:rgpreports@nccommerce.com</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title> </dc:title>
   <dc:subject/>
   <dc:creator>ccannady</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="display_urn:schemas-microsoft-com:office:office#Editor">
+    <vt:lpwstr>Adams, Melody J</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:lpwstr>100.000000000000</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="display_urn:schemas-microsoft-com:office:office#Author">
+    <vt:lpwstr>ccannady</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
+    <vt:lpwstr>0x0101009A8501B98A75284095413D0B5D000C39</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>