--- v0 (2025-10-07)
+++ v1 (2025-12-28)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
@@ -109,295 +110,287 @@
   <Override PartName="/xl/ctrlProps/ctrlProp67.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp68.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp69.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp70.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp71.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp72.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp73.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp74.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect.sharepoint.com/sites/CommerceDocumentCenter/Rural Division/CDBG/Fiscal/APRs/2024 APR Docs/2024 APR Form Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/lucrecia_high_commerce_nc_gov/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3DE388AF-C500-494E-AFB4-0766E9A28D4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{347D9B05-8452-4F82-9033-ED499EC82147}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="927" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="927" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover Page" sheetId="34" r:id="rId1"/>
     <sheet name="APR Instructions" sheetId="55" r:id="rId2"/>
     <sheet name="Main Summary" sheetId="56" r:id="rId3"/>
     <sheet name="Indicators Forms Instructions" sheetId="54" r:id="rId4"/>
     <sheet name="Activity Names, Numbers &amp; Codes" sheetId="51" r:id="rId5"/>
     <sheet name="Activity Indicators" sheetId="37" r:id="rId6"/>
     <sheet name="Other Indicators" sheetId="38" r:id="rId7"/>
     <sheet name="Instructions MWBE HUD Form 2516" sheetId="44" r:id="rId8"/>
     <sheet name="MWBE HUD Form 2516" sheetId="45" r:id="rId9"/>
     <sheet name="Fair Housing Report" sheetId="46" r:id="rId10"/>
     <sheet name="LAP Report" sheetId="47" r:id="rId11"/>
     <sheet name="Section 3 Report" sheetId="42" r:id="rId12"/>
     <sheet name="Section 504 Report" sheetId="50" r:id="rId13"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId14"/>
     <externalReference r:id="rId15"/>
     <externalReference r:id="rId16"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Other Indicators'!$A$7:$G$20</definedName>
     <definedName name="Check1" localSheetId="8">'MWBE HUD Form 2516'!$Q$6</definedName>
     <definedName name="check1a" localSheetId="8">'MWBE HUD Form 2516'!$Q$8</definedName>
     <definedName name="Check2" localSheetId="8">'MWBE HUD Form 2516'!$Q$9</definedName>
     <definedName name="Check3" localSheetId="8">'MWBE HUD Form 2516'!#REF!</definedName>
     <definedName name="Construction_Type">[1]Sheet1!$A$1:$A$2</definedName>
     <definedName name="Data">[2]Sheet1!$A$1:$A$30</definedName>
     <definedName name="numbers">[3]Sheet1!$A$1:$A$30</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'APR Instructions'!$A$1:$K$165</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'APR Instructions'!$A$1:$M$204</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'LAP Report'!$A$1:$K$146</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'MWBE HUD Form 2516'!$A$1:$U$36</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'Section 3 Report'!$A$1:$O$29</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="12">'Section 504 Report'!$A$1:$K$307</definedName>
     <definedName name="Race_Code">[1]Sheet1!$B$1:$B$10</definedName>
     <definedName name="Text1" localSheetId="8">'MWBE HUD Form 2516'!$A$6</definedName>
     <definedName name="Text10" localSheetId="8">'MWBE HUD Form 2516'!$N$18</definedName>
     <definedName name="text1a" localSheetId="8">'MWBE HUD Form 2516'!$A$8</definedName>
     <definedName name="Text2" localSheetId="8">'MWBE HUD Form 2516'!$A$9</definedName>
     <definedName name="Text3" localSheetId="8">'MWBE HUD Form 2516'!$R$6</definedName>
     <definedName name="text3a" localSheetId="8">'MWBE HUD Form 2516'!$R$8</definedName>
     <definedName name="Text5" localSheetId="8">'MWBE HUD Form 2516'!#REF!</definedName>
     <definedName name="Text6" localSheetId="8">'MWBE HUD Form 2516'!#REF!</definedName>
     <definedName name="Text7" localSheetId="8">'MWBE HUD Form 2516'!#REF!</definedName>
     <definedName name="Text8" localSheetId="8">'MWBE HUD Form 2516'!#REF!</definedName>
     <definedName name="Text9" localSheetId="8">'MWBE HUD Form 2516'!$A$18</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191028" concurrentCalc="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K6" i="56" l="1"/>
   <c r="A9" i="37"/>
   <c r="A7" i="37"/>
   <c r="C6" i="56"/>
   <c r="C7" i="47"/>
   <c r="J7" i="47"/>
   <c r="J7" i="50"/>
   <c r="C7" i="50"/>
   <c r="M4" i="42"/>
   <c r="D4" i="42"/>
   <c r="I7" i="46"/>
   <c r="C7" i="46"/>
   <c r="B9" i="38"/>
   <c r="B7" i="38"/>
-  <c r="K12" i="42" l="1"/>
+  <c r="K12" i="42"/>
   <c r="K11" i="42"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="634">
   <si>
     <t>NORTH CAROLINA DEPARTMENT OF COMMERCE</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>STATE ADMINISTERED</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> COMMUNITY DEVELOPMENT BLOCK GRANT PROGRAM</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">     </t>
   </si>
   <si>
-    <t>2024 ANNUAL PERFORMANCE REPORT COVER PAGE</t>
+    <t>2025 ANNUAL PERFORMANCE REPORT COVER PAGE</t>
   </si>
   <si>
     <t xml:space="preserve">Grantee Name:   </t>
   </si>
   <si>
     <t xml:space="preserve">Grant Number:  </t>
   </si>
   <si>
     <t xml:space="preserve">Grant Number: </t>
   </si>
   <si>
     <t>Grants Management Representative:</t>
   </si>
   <si>
     <t>Grantee Address:</t>
   </si>
   <si>
     <t>Preparer Information</t>
   </si>
   <si>
     <t xml:space="preserve">Name:  </t>
   </si>
   <si>
     <t xml:space="preserve">Address:  </t>
   </si>
   <si>
     <t xml:space="preserve">Telephone Number:  </t>
   </si>
   <si>
     <t xml:space="preserve">Email Address:               </t>
   </si>
   <si>
     <t>Local Government Primary Contact:</t>
   </si>
   <si>
     <t>Phone Number:</t>
   </si>
   <si>
     <t>Email:</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
       <t xml:space="preserve">The Annual Performance Report (APR) is required by 4 NCAC 19L.1101.  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
-      <t xml:space="preserve">One original signed hardcopy of this report must be submitted to NC Commerce by Wednesday, January 31, 2025 at 5:00 pm. The 2024 APR Excel file must be emailed to compliance@commerce.nc.gov (not a scanned copy, the actual Excel file). Grantees are still required to mail a hard copy to NC Commerce. </t>
+      <t xml:space="preserve">One original signed hardcopy of this report must be submitted to NC Commerce by Friday, January 30, 2025 at 5:00 pm. The 2025 APR Excel file must be emailed to compliance@commerce.nc.gov (not a scanned copy, the actual Excel file). Grantees are still required to mail a hard copy to NC Commerce. </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
       <t xml:space="preserve">The grant recipient's </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
       <t>Board Designated Representative</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
       <t xml:space="preserve"> certifies on this signatory Cover Page that all the data in the APR Report are true and correct to the best of her/his knowledge and </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
       <t>belief</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
       <t xml:space="preserve">. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
-        <family val="1"/>
       </rPr>
-      <t>DocuSign is not permitted.</t>
+      <t xml:space="preserve">Electronic signatures are now permitted. </t>
     </r>
   </si>
   <si>
     <t>Typed Name of Authorized Representative</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Signature and Date of Authorized Representative</t>
   </si>
   <si>
     <t>NC COMMERCE - RURAL DEVELOPMENT OFFICE USE ONLY</t>
   </si>
   <si>
     <t>Documents Included:</t>
   </si>
   <si>
     <t>Cover Page</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">MWBE HUD 2516                     </t>
     </r>
     <r>
@@ -410,51 +403,51 @@
       <t>(Formerly Contractor Info. Form)</t>
     </r>
   </si>
   <si>
     <t>Main Summary</t>
   </si>
   <si>
     <t>Fair Housing Report</t>
   </si>
   <si>
     <t>Activity Indicators</t>
   </si>
   <si>
     <t>LAP Report</t>
   </si>
   <si>
     <t>Other Indicators</t>
   </si>
   <si>
     <t>Section 3 Report</t>
   </si>
   <si>
     <t>Section 504 Report</t>
   </si>
   <si>
-    <t>2024 Annual Performance Report
+    <t>2025 Annual Performance Report
 Main Summary</t>
   </si>
   <si>
     <t>Grantee Name:</t>
   </si>
   <si>
     <t>Grant Number :</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">Note: </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
@@ -480,51 +473,51 @@
   <si>
     <t>Clearance Activities</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Code Enforcement</t>
   </si>
   <si>
     <t>State Office Use Only</t>
   </si>
   <si>
     <t>Disposition</t>
   </si>
   <si>
     <t>Budgeted :</t>
   </si>
   <si>
     <t>Fire Protection</t>
   </si>
   <si>
     <t>Flood &amp; Drainage</t>
   </si>
   <si>
-    <t>Requisitions Paid between 01/01/2024 and 12/31/2024:</t>
+    <t>Requisitions Paid between 01/01/2025 and 12/31/2025:</t>
   </si>
   <si>
     <t>Historic Preservation</t>
   </si>
   <si>
     <t>Machinery &amp; Equipment</t>
   </si>
   <si>
     <t>No Rounding, please use decimals.</t>
   </si>
   <si>
     <t>Neighborhood Facilities</t>
   </si>
   <si>
     <t>Other Activities</t>
   </si>
   <si>
     <t>Other Public Facilities</t>
   </si>
   <si>
     <t>Planning</t>
   </si>
   <si>
     <t>Parking Facilities</t>
   </si>
@@ -570,51 +563,51 @@
   <si>
     <t>Solid Waste Facilities</t>
   </si>
   <si>
     <t>Street Improvements</t>
   </si>
   <si>
     <t>Water and Sewer</t>
   </si>
   <si>
     <t>Water Improvements</t>
   </si>
   <si>
     <t>BABA Reporting</t>
   </si>
   <si>
     <t>Working Capital</t>
   </si>
   <si>
     <t>Contractor Information</t>
   </si>
   <si>
     <t>Is this an infrastructure project, as defined under the Build America, Buy America Act?</t>
   </si>
   <si>
-    <t>2024 Annual Performance Report</t>
+    <t>2025 Annual Performance Report</t>
   </si>
   <si>
     <t xml:space="preserve">Activity and Other Indicators Forms Instructions  </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11.5"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Activity Indicators Form:</t>
     </r>
     <r>
       <rPr>
         <sz val="11.5"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> This form uses performance measures indicators. It needs to be completed for all grants. There is one generic Other Indicators Form Template.  Use the generic templates to produce the two required completed forms for each activity in your grant. We do not need a form for Administration.  Though, we will need these form for Planning activity. </t>
     </r>
   </si>
   <si>
     <r>
@@ -1098,51 +1091,51 @@
   <si>
     <t>Water Improvement, 1032, 4A</t>
   </si>
   <si>
     <t>30. Working Capital</t>
   </si>
   <si>
     <t>Working Capital, 1050, 7</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Note: </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF001F5F"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Reconstruction activities, Clearance activities related to Rehabilitation and Temporary Relocation related to Rehabilitation would all be classified under Rehabilitation.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">                                                                         2024 Annual Performance Report</t>
+    <t xml:space="preserve">                                                                         2025 Annual Performance Report</t>
   </si>
   <si>
     <t xml:space="preserve">                                                                         Activity Indicators Form</t>
   </si>
   <si>
     <t>Check (X) C-1:</t>
   </si>
   <si>
     <t>Rehabilitation, Private   - 1042 -  9A</t>
   </si>
   <si>
     <t>Check (X) E-1:</t>
   </si>
   <si>
     <t>Sewer Improvements     - 1030 - 4B</t>
   </si>
   <si>
     <t>Check (X) L-1:</t>
   </si>
   <si>
     <t>Water and Sewer            - 1020 - 4A, 4B</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">  Activity Name, Number and Code:  </t>
@@ -1182,73 +1175,73 @@
         <family val="1"/>
       </rPr>
       <t>(Funds other than CDBG fund as part of activity.)</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">                                                          </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>No Rounding, please use decimals.</t>
     </r>
   </si>
   <si>
-    <t>(Proposed is for entire grant activity, Actual is only for the year 2024.)</t>
+    <t>(Proposed is for entire grant activity, Actual is only for the year 2025.)</t>
   </si>
   <si>
     <t xml:space="preserve">Housing Program Indicators  </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Proposed
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>(For Entire Grant)</t>
     </r>
   </si>
   <si>
     <t>Actual
-(2024)</t>
+(2025)</t>
   </si>
   <si>
     <t>Housing Activities</t>
   </si>
   <si>
     <t>Single Units -Rental</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Total number of </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">rental </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
@@ -2197,50 +2190,53 @@
         <i/>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">Select from Dropdown list to the right  </t>
     </r>
   </si>
   <si>
     <t>Check Box</t>
   </si>
   <si>
     <t>Units</t>
   </si>
   <si>
     <t>Budgeted $</t>
   </si>
   <si>
     <t>Households</t>
   </si>
   <si>
     <t>Actual $</t>
   </si>
   <si>
     <t>Persons</t>
+  </si>
+  <si>
+    <t>Is this an infrastructure project activity, as defined under the Build America, Buy America Act? For more information on this requirement, see HUD's BABA webpage.</t>
   </si>
   <si>
     <t xml:space="preserve">   Yes            No</t>
   </si>
   <si>
     <t>(https://hud.gov/sites/dfiles/OCHCO/documents/2023-12cpdn.pdf)</t>
   </si>
   <si>
     <t>General Information</t>
   </si>
   <si>
     <t>Total Jobs</t>
   </si>
   <si>
     <t xml:space="preserve">Linear Feet </t>
   </si>
   <si>
     <t>Square Feet</t>
   </si>
   <si>
     <t>Properties</t>
   </si>
   <si>
     <t>Households Benefiting</t>
   </si>
@@ -3700,51 +3696,51 @@
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">Describe the tool or method used being used to collect data on participant satisfaction with interpreter/translation services. </t>
     </r>
   </si>
   <si>
     <t>8.</t>
   </si>
   <si>
     <t>Have there been any complaints filed because of language access problems?</t>
   </si>
   <si>
     <t xml:space="preserve">   Yes</t>
   </si>
   <si>
     <t>If yes, please describe below.</t>
   </si>
   <si>
     <t>Intentionally Left Blank (Please Refer to the Next Page)</t>
   </si>
   <si>
-    <t>2024 Annual Report Instructions</t>
+    <t>2025 Annual Report Instructions</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">This report should clearly describe the reasonable steps and due diligence to assist the Limited English Proficient (LEP) population within the Community Development Block Grant (CDBG), CDBG-Coronavirus (CDBG-CV) and/or Neighborhood Stabilization (NSP) programs.  This report should clearly describe if there were any limitations to assist the (LEP) population and why.  </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Complete this report by local government, not by grant number, but indicate what grant numbers are active by the grantee.</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>Sources</t>
@@ -4115,84 +4111,84 @@
   <si>
     <t>Ensure translators understand the expected reading level of the audience.</t>
   </si>
   <si>
     <t>Ensure translators, where appropriate, have fundamental knowledge about the target language group’s vocabulary and phraseology.</t>
   </si>
   <si>
     <t xml:space="preserve">Examples of practices that may violate Title VI are: </t>
   </si>
   <si>
     <t xml:space="preserve">Providing services to LEP persons that are more limited in scope or are lower in quality than those provided to other persons  </t>
   </si>
   <si>
     <t xml:space="preserve">Subjecting LEP persons to unreasonable delays in the delivery of services </t>
   </si>
   <si>
     <t xml:space="preserve">Limiting participation in a program or activity on the basis of English proficiency  </t>
   </si>
   <si>
     <t xml:space="preserve">Providing services to LEP persons that are not as effective as those provided to those who are proficient in English, or </t>
   </si>
   <si>
     <t>Failing to inform LEP persons of the right to receive free interpreter services and/or requiring LEP persons to provide their own interpreter</t>
   </si>
   <si>
-    <t>2024 Section 3 Reporting Form (24 CFR 75.25)</t>
+    <t>2025 Section 3 Reporting Form (24 CFR 75.25)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Reporting Period:  </t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
         <sz val="12.5"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>January 1, 2024</t>
+      <t>January 1, 2025</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12.5"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">  to  </t>
     </r>
     <r>
       <rPr>
         <i/>
         <u/>
         <sz val="12.5"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
-      <t>December 31, 2024</t>
+      <t>December 31, 2025</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>SAFE HARBOR BENCHMARKS:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> Numeric Targets for Housing and Community Development Financial Assistance </t>
     </r>
   </si>
   <si>
     <t>The benchmarks for Section 3 projects (housing rehabilitation, housing construction, and other public construction projects assisted under HUD programs that provide housing and community development financial assistance where the amount of assistance to the project exceeds a threshold of $200,000) are:</t>
   </si>
@@ -4657,62 +4653,59 @@
         <b/>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> in the last year for technical assistance</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">? </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">(Insert a number) </t>
     </r>
   </si>
-  <si>
-[...1 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="90" x14ac:knownFonts="1">
+  <fonts count="89" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -5188,106 +5181,94 @@
       <b/>
       <sz val="11.5"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="11.5"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="10"/>
-[...29 lines deleted...]
-    <font>
       <u/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Times New Roman"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Times New Roman"/>
     </font>
   </fonts>
   <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
@@ -6540,143 +6521,143 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="89" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="82" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="5" xfId="3" applyBorder="1"/>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="6" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="2" xfId="3" applyBorder="1"/>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="2" xfId="3" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="2" xfId="3" applyBorder="1"/>
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="85" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="88" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -7002,51 +6983,51 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="13" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="86" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="81" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -7876,93 +7857,93 @@
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto4.wdp"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>12700</xdr:colOff>
           <xdr:row>39</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1026" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -7977,59 +7958,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>12700</xdr:colOff>
           <xdr:row>40</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>241300</xdr:colOff>
           <xdr:row>42</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1028" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1028"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8044,59 +8025,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>12700</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>241300</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1029" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1029"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8111,59 +8092,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1304925</xdr:colOff>
+          <xdr:colOff>1308100</xdr:colOff>
           <xdr:row>39</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>1524000</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1031" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1031"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000007040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8178,59 +8159,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1304925</xdr:colOff>
+          <xdr:colOff>1308100</xdr:colOff>
           <xdr:row>40</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>1524000</xdr:colOff>
           <xdr:row>42</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1032" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1032"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8245,59 +8226,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1304925</xdr:colOff>
+          <xdr:colOff>1308100</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1533525</xdr:colOff>
+          <xdr:colOff>1536700</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1033" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1033"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000009040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8312,59 +8293,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1304925</xdr:colOff>
+          <xdr:colOff>1308100</xdr:colOff>
           <xdr:row>42</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1533525</xdr:colOff>
+          <xdr:colOff>1536700</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1034" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1034"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8379,59 +8360,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1304925</xdr:colOff>
+          <xdr:colOff>1308100</xdr:colOff>
           <xdr:row>43</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>1533525</xdr:colOff>
+          <xdr:colOff>1536700</xdr:colOff>
           <xdr:row>45</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1035" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1035"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8446,59 +8427,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>12700</xdr:colOff>
           <xdr:row>42</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>238125</xdr:colOff>
+          <xdr:colOff>241300</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1036" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1036"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8707,57 +8688,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>457200</xdr:colOff>
           <xdr:row>9</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>11</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11267" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11267"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000032C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8774,51 +8755,51 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>457200</xdr:colOff>
           <xdr:row>9</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>88900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11268" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11268"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000042C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -8841,57 +8822,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11270" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11270"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000062C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8906,59 +8887,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>619125</xdr:colOff>
+          <xdr:colOff>622300</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>180975</xdr:colOff>
+          <xdr:colOff>184150</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11271" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11271"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000072C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -8973,59 +8954,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>371475</xdr:colOff>
+          <xdr:colOff>374650</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>590550</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11272" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11272"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000082C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9040,59 +9021,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>447675</xdr:colOff>
+          <xdr:colOff>450850</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>12700</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11273" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11273"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000092C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9107,57 +9088,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>638175</xdr:colOff>
+          <xdr:colOff>641350</xdr:colOff>
           <xdr:row>42</xdr:row>
-          <xdr:rowOff>333375</xdr:rowOff>
+          <xdr:rowOff>336550</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>203200</xdr:colOff>
           <xdr:row>44</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11279" name="Check Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11279"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-00000F2C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -9176,57 +9157,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>342900</xdr:colOff>
           <xdr:row>42</xdr:row>
-          <xdr:rowOff>333375</xdr:rowOff>
+          <xdr:rowOff>336550</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11280" name="Check Box 16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11280"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000102C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9241,57 +9222,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>638175</xdr:colOff>
+          <xdr:colOff>641350</xdr:colOff>
           <xdr:row>48</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>203200</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11283" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11283"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000132C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -9310,51 +9291,51 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>342900</xdr:colOff>
           <xdr:row>48</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>50</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11284" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11284"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000142C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -9375,59 +9356,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>638175</xdr:colOff>
+          <xdr:colOff>641350</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>203200</xdr:colOff>
           <xdr:row>61</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11287" name="Check Box 23" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11287"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000172C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9444,57 +9425,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>342900</xdr:colOff>
           <xdr:row>58</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>571500</xdr:colOff>
           <xdr:row>61</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="11288" name="Check Box 24" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s11288"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-0000182C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9625,57 +9606,57 @@
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="5416" t="5322" r="5464" b="7999"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6105377" y="2117191"/>
           <a:ext cx="3394997" cy="534571"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5121" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5121"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000001140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9690,59 +9671,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5151" name="Check Box 31" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5151"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00001F140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9757,59 +9738,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>25</xdr:row>
           <xdr:rowOff>247650</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5152" name="Check Box 32" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5152"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000020140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9824,59 +9805,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>23</xdr:row>
-          <xdr:rowOff>276225</xdr:rowOff>
+          <xdr:rowOff>279400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>24</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5153" name="Check Box 33" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5153"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000021140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9891,59 +9872,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>85725</xdr:colOff>
+          <xdr:colOff>88900</xdr:colOff>
           <xdr:row>22</xdr:row>
-          <xdr:rowOff>276225</xdr:rowOff>
+          <xdr:rowOff>279400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>23</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5154" name="Check Box 34" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5154"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000022140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -9958,57 +9939,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>85725</xdr:colOff>
+          <xdr:colOff>88900</xdr:colOff>
           <xdr:row>21</xdr:row>
           <xdr:rowOff>266700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>22</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5155" name="Check Box 35" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5155"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000023140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -10025,59 +10006,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>257175</xdr:rowOff>
+          <xdr:rowOff>260350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>295275</xdr:rowOff>
+          <xdr:rowOff>298450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5156" name="Check Box 36" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5156"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000024140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10092,59 +10073,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>85725</xdr:colOff>
+          <xdr:colOff>88900</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5157" name="Check Box 37" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5157"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000025140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10159,57 +10140,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>85725</xdr:colOff>
+          <xdr:colOff>88900</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>276225</xdr:rowOff>
+          <xdr:rowOff>279400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5158" name="Check Box 38" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5158"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000026140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -10226,59 +10207,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>85725</xdr:colOff>
+          <xdr:colOff>88900</xdr:colOff>
           <xdr:row>17</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5159" name="Check Box 39" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5159"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000027140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10293,59 +10274,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>85725</xdr:rowOff>
+          <xdr:rowOff>88900</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5160" name="Check Box 40" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5160"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000028140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10362,55 +10343,55 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>19</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>20</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5161" name="Check Box 41" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5161"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000029140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -10433,51 +10414,51 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>22</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>23</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5162" name="Check Box 42" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5162"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002A140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -10496,57 +10477,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>22</xdr:row>
-          <xdr:rowOff>276225</xdr:rowOff>
+          <xdr:rowOff>279400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>23</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5163" name="Check Box 43" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5163"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002B140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10561,59 +10542,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>23</xdr:row>
-          <xdr:rowOff>276225</xdr:rowOff>
+          <xdr:rowOff>279400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>24</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5164" name="Check Box 44" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5164"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002C140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10628,59 +10609,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>24</xdr:row>
-          <xdr:rowOff>257175</xdr:rowOff>
+          <xdr:rowOff>260350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>25</xdr:row>
-          <xdr:rowOff>295275</xdr:rowOff>
+          <xdr:rowOff>298450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5165" name="Check Box 45" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5165"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002D140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10697,55 +10678,55 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>27</xdr:row>
           <xdr:rowOff>304800</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5166" name="Check Box 46" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5166"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002E140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -10762,59 +10743,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>257175</xdr:rowOff>
+          <xdr:rowOff>260350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>28</xdr:row>
-          <xdr:rowOff>295275</xdr:rowOff>
+          <xdr:rowOff>298450</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5167" name="Check Box 47" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5167"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00002F140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10831,57 +10812,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>18</xdr:row>
-          <xdr:rowOff>276225</xdr:rowOff>
+          <xdr:rowOff>279400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5168" name="Check Box 48" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5168"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000030140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10898,57 +10879,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>20</xdr:row>
-          <xdr:rowOff>276225</xdr:rowOff>
+          <xdr:rowOff>279400</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>21</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5169" name="Check Box 49" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5169"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000031140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -10969,53 +10950,53 @@
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>76200</xdr:colOff>
           <xdr:row>25</xdr:row>
           <xdr:rowOff>438150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5170" name="Check Box 50" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s5170"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000032140000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11092,57 +11073,57 @@
           <a:ext cx="1154062" cy="407963"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>7</xdr:col>
           <xdr:colOff>533400</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>104775</xdr:colOff>
+          <xdr:colOff>107950</xdr:colOff>
           <xdr:row>14</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14337" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14337"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000001380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11157,59 +11138,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>5</xdr:col>
-          <xdr:colOff>619125</xdr:colOff>
+          <xdr:colOff>622300</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>180975</xdr:colOff>
+          <xdr:colOff>184150</xdr:colOff>
           <xdr:row>14</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14338" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14338"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000002380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11224,59 +11205,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>371475</xdr:colOff>
+          <xdr:colOff>374650</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>590550</xdr:colOff>
           <xdr:row>14</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14339" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14339"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000003380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11291,59 +11272,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>447675</xdr:colOff>
+          <xdr:colOff>450850</xdr:colOff>
           <xdr:row>12</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>12700</xdr:colOff>
           <xdr:row>14</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14340" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14340"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000004380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11358,59 +11339,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>638175</xdr:colOff>
+          <xdr:colOff>641350</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>504825</xdr:rowOff>
+          <xdr:rowOff>508000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>203200</xdr:colOff>
           <xdr:row>46</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14341" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14341"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000005380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11427,57 +11408,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
           <xdr:colOff>342900</xdr:colOff>
           <xdr:row>44</xdr:row>
-          <xdr:rowOff>504825</xdr:rowOff>
+          <xdr:rowOff>508000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>9</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
           <xdr:row>46</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14342" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14342"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000006380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11492,59 +11473,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>638175</xdr:colOff>
+          <xdr:colOff>641350</xdr:colOff>
           <xdr:row>54</xdr:row>
-          <xdr:rowOff>161925</xdr:rowOff>
+          <xdr:rowOff>165100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>200025</xdr:colOff>
+          <xdr:colOff>203200</xdr:colOff>
           <xdr:row>55</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14343" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14343"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000007380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11682,53 +11663,53 @@
           <a:off x="77369" y="119570"/>
           <a:ext cx="2124124" cy="750881"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>24</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>25</xdr:row>
-          <xdr:rowOff>333375</xdr:rowOff>
+          <xdr:rowOff>336550</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14345" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14345"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000009380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11745,57 +11726,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>25</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14346" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14346"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000A380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11812,57 +11793,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>28</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14347" name="Check Box 11" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14347"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000B380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11879,57 +11860,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
           <xdr:colOff>476250</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
-          <xdr:colOff>47625</xdr:colOff>
+          <xdr:colOff>50800</xdr:colOff>
           <xdr:row>29</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14348" name="Check Box 12" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14348"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000C380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -11944,59 +11925,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>466725</xdr:colOff>
+          <xdr:colOff>469900</xdr:colOff>
           <xdr:row>28</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>30</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14349" name="Check Box 13" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14349"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000D380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12011,59 +11992,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>466725</xdr:colOff>
+          <xdr:colOff>469900</xdr:colOff>
           <xdr:row>29</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14350" name="Check Box 14" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14350"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000E380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12078,57 +12059,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>123825</xdr:colOff>
+          <xdr:colOff>127000</xdr:colOff>
           <xdr:row>24</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>28575</xdr:colOff>
+          <xdr:colOff>31750</xdr:colOff>
           <xdr:row>25</xdr:row>
           <xdr:rowOff>323850</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14351" name="Check Box 15" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14351"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000F380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -12147,57 +12128,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
           <xdr:row>25</xdr:row>
-          <xdr:rowOff>314325</xdr:rowOff>
+          <xdr:rowOff>317500</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14352" name="Check Box 16" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14352"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000010380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12212,59 +12193,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>123825</xdr:colOff>
+          <xdr:colOff>127000</xdr:colOff>
           <xdr:row>26</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>28575</xdr:colOff>
+          <xdr:colOff>31750</xdr:colOff>
           <xdr:row>28</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14353" name="Check Box 17" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14353"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000011380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12279,59 +12260,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>123825</xdr:colOff>
+          <xdr:colOff>127000</xdr:colOff>
           <xdr:row>27</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>28575</xdr:colOff>
+          <xdr:colOff>31750</xdr:colOff>
           <xdr:row>29</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14354" name="Check Box 18" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14354"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000012380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12346,57 +12327,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
-          <xdr:colOff>123825</xdr:colOff>
+          <xdr:colOff>127000</xdr:colOff>
           <xdr:row>28</xdr:row>
           <xdr:rowOff>133350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
-          <xdr:colOff>28575</xdr:colOff>
+          <xdr:colOff>31750</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>114300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14355" name="Check Box 19" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14355"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000013380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -12415,57 +12396,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
           <xdr:row>29</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>1</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="14356" name="Check Box 20" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s14356"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000014380000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -12538,52 +12519,52 @@
           </a:extLst>
         </a:blip>
         <a:srcRect l="5254" r="4540" b="7587"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="28828545"/>
           <a:ext cx="6788181" cy="8929175"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>186</xdr:row>
       <xdr:rowOff>158626</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-      <xdr:colOff>1214181</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>4506</xdr:colOff>
       <xdr:row>243</xdr:row>
       <xdr:rowOff>98350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="Picture 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000017000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId5">
                   <a14:imgEffect>
                     <a14:sharpenSoften amount="50000"/>
                   </a14:imgEffect>
@@ -12594,51 +12575,51 @@
         </a:blip>
         <a:srcRect l="4962" r="4442" b="6459"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="38406793"/>
           <a:ext cx="6844514" cy="8988474"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>246</xdr:row>
       <xdr:rowOff>133773</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
-      <xdr:colOff>1216499</xdr:colOff>
+      <xdr:colOff>1187924</xdr:colOff>
       <xdr:row>307</xdr:row>
       <xdr:rowOff>45491</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000018000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6">
           <a:extLst>
             <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
               <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a14:imgLayer r:embed="rId7">
                   <a14:imgEffect>
                     <a14:sharpenSoften amount="50000"/>
                   </a14:imgEffect>
@@ -12923,186 +12904,189 @@
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="63305" y="9418320"/>
           <a:ext cx="6815797" cy="9326880"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1</xdr:colOff>
+      <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>1</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>127000</xdr:rowOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>272831</xdr:colOff>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>40728</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="Picture 1">
+        <xdr:cNvPr id="8" name="Picture 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7A316C5-FDC4-C55E-9C1B-FFFEC8976B3E}"/>
-[...2 lines deleted...]
-              <a16:predDERef xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" pred="{CDFA3A44-1B46-10C2-32EE-2F2D4A224595}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C05E7C7-D9C1-6BE9-53FA-7FF28DCEE61E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1" y="1"/>
-          <a:ext cx="6829212" cy="8858249"/>
+          <a:off x="0" y="0"/>
+          <a:ext cx="7772400" cy="10058400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
-      <xdr:rowOff>74083</xdr:rowOff>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>31750</xdr:rowOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>272831</xdr:colOff>
+      <xdr:row>130</xdr:row>
+      <xdr:rowOff>40728</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="Picture 2">
+        <xdr:cNvPr id="10" name="Picture 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC0A5C96-B3C2-136E-73B3-DA8635CC10DB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D2FD9FC-4E32-7D91-86C0-1A92B47C9253}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="9440333"/>
-          <a:ext cx="6874076" cy="8847667"/>
+          <a:off x="0" y="11331466"/>
+          <a:ext cx="7772400" cy="10058400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>167142</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>118907</xdr:rowOff>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>137</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>43793</xdr:rowOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>272831</xdr:colOff>
+      <xdr:row>198</xdr:row>
+      <xdr:rowOff>40728</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="6" name="Picture 5">
+        <xdr:cNvPr id="12" name="Picture 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7593F7B6-F285-ADE6-1A55-B77C10305512}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72D7F3B7-D57B-3AE7-A01A-96D9DE404480}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="167142" y="19168907"/>
-          <a:ext cx="6467513" cy="7807645"/>
+          <a:off x="0" y="22498707"/>
+          <a:ext cx="7772400" cy="10058400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>253215</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>42204</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2124124" cy="750881"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
@@ -13127,59 +13111,59 @@
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="253215" y="42204"/>
           <a:ext cx="2124124" cy="750881"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>333375</xdr:colOff>
+          <xdr:colOff>336550</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>561975</xdr:colOff>
+          <xdr:colOff>565150</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19459" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19459"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000034C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13194,59 +13178,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>542925</xdr:colOff>
+          <xdr:colOff>546100</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19460" name="Check Box 4" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19460"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000044C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13261,59 +13245,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>333375</xdr:colOff>
+          <xdr:colOff>336550</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>561975</xdr:colOff>
+          <xdr:colOff>565150</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19461" name="Check Box 5" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19461"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000054C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13328,59 +13312,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>542925</xdr:colOff>
+          <xdr:colOff>546100</xdr:colOff>
           <xdr:row>32</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>34</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19462" name="Check Box 6" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19462"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000064C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13395,59 +13379,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>333375</xdr:colOff>
+          <xdr:colOff>336550</xdr:colOff>
           <xdr:row>39</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>561975</xdr:colOff>
+          <xdr:colOff>565150</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19463" name="Check Box 7" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19463"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000074C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13462,59 +13446,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>542925</xdr:colOff>
+          <xdr:colOff>546100</xdr:colOff>
           <xdr:row>39</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19464" name="Check Box 8" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19464"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000084C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13529,59 +13513,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>333375</xdr:colOff>
+          <xdr:colOff>336550</xdr:colOff>
           <xdr:row>39</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>8</xdr:col>
-          <xdr:colOff>561975</xdr:colOff>
+          <xdr:colOff>565150</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19465" name="Check Box 9" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19465"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-0000094C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -13596,59 +13580,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
-          <xdr:colOff>542925</xdr:colOff>
+          <xdr:colOff>546100</xdr:colOff>
           <xdr:row>39</xdr:row>
-          <xdr:rowOff>47625</xdr:rowOff>
+          <xdr:rowOff>50800</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>10</xdr:col>
           <xdr:colOff>152400</xdr:colOff>
           <xdr:row>41</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="19466" name="Check Box 10" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s19466"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000A4C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -14255,53 +14239,53 @@
           <a:off x="5085469" y="1809262"/>
           <a:ext cx="334498" cy="245693"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
           <xdr:colOff>285750</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10242" name="Check Box 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10242"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -14322,57 +14306,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>428625</xdr:colOff>
+          <xdr:colOff>431800</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>104775</xdr:rowOff>
+          <xdr:rowOff>107950</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
-          <xdr:colOff>657225</xdr:colOff>
+          <xdr:colOff>660400</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="10243" name="Check Box 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s10243"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003280000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -15066,51 +15050,51 @@
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="0" lang="en-US" sz="1300" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
-            <a:t>January 1, 2024 to December 31, 2024</a:t>
+            <a:t>January 1, 2025 to December 31, 2025</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>49249</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>98475</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2124124" cy="750881"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000003000000}"/>
@@ -15535,1306 +15519,1304 @@
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor theme="8"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A5:Z46"/>
   <sheetViews>
-    <sheetView topLeftCell="A17" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7" customWidth="1"/>
     <col min="2" max="2" width="3" customWidth="1"/>
-    <col min="3" max="3" width="7.42578125" customWidth="1"/>
-    <col min="4" max="4" width="20.140625" customWidth="1"/>
+    <col min="3" max="3" width="7.453125" customWidth="1"/>
+    <col min="4" max="4" width="20.1796875" customWidth="1"/>
     <col min="5" max="5" width="53" customWidth="1"/>
-    <col min="6" max="6" width="6.28515625" hidden="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="16" max="16" width="1.28515625" customWidth="1"/>
+    <col min="6" max="6" width="6.26953125" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="0.81640625" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="2.7265625" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="0.1796875" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="19.26953125" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="9.7265625" hidden="1" customWidth="1"/>
+    <col min="12" max="14" width="9.1796875" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="5.26953125" customWidth="1"/>
+    <col min="16" max="16" width="1.26953125" customWidth="1"/>
     <col min="17" max="17" width="4" hidden="1" customWidth="1"/>
-    <col min="18" max="22" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="18" max="22" width="9.1796875" hidden="1" customWidth="1"/>
     <col min="24" max="24" width="4" customWidth="1"/>
-    <col min="25" max="26" width="9.140625" hidden="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="34" max="34" width="1.7109375" customWidth="1"/>
+    <col min="25" max="26" width="9.1796875" hidden="1" customWidth="1"/>
+    <col min="33" max="33" width="0.1796875" customWidth="1"/>
+    <col min="34" max="34" width="1.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="5" spans="1:11" ht="18.95" customHeight="1" x14ac:dyDescent="0.2"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" ht="19" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:11" ht="19" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:11" ht="15" x14ac:dyDescent="0.3">
       <c r="A7" s="277" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="277"/>
       <c r="C7" s="277"/>
       <c r="D7" s="277"/>
       <c r="E7" s="277"/>
       <c r="F7" s="277"/>
       <c r="G7" s="277"/>
       <c r="H7" s="277"/>
       <c r="I7" s="277"/>
       <c r="J7" s="277"/>
       <c r="K7" s="277"/>
     </row>
-    <row r="8" spans="1:11" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:11" ht="15.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="278" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="278"/>
       <c r="C8" s="278"/>
       <c r="D8" s="278"/>
       <c r="E8" s="278"/>
       <c r="F8" s="278"/>
       <c r="G8" s="278"/>
       <c r="H8" s="278"/>
       <c r="I8" s="278"/>
       <c r="J8" s="278"/>
       <c r="K8" s="278"/>
     </row>
-    <row r="9" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="38"/>
       <c r="B9" s="38"/>
       <c r="C9" s="38"/>
       <c r="D9" s="38"/>
       <c r="E9" s="38"/>
       <c r="F9" s="38"/>
       <c r="G9" s="38" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="38"/>
       <c r="I9" s="38"/>
       <c r="J9" s="38"/>
       <c r="K9" s="38"/>
     </row>
-    <row r="10" spans="1:11" ht="20.25" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:11" ht="20" x14ac:dyDescent="0.25">
       <c r="A10" s="279" t="s">
         <v>3</v>
       </c>
       <c r="B10" s="279"/>
       <c r="C10" s="279"/>
       <c r="D10" s="279"/>
       <c r="E10" s="279"/>
       <c r="F10" s="279"/>
       <c r="G10" s="279"/>
       <c r="H10" s="279"/>
       <c r="I10" s="279"/>
       <c r="J10" s="279"/>
       <c r="K10" s="279"/>
     </row>
-    <row r="11" spans="1:11" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:11" ht="7.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="38"/>
       <c r="B11" s="38"/>
       <c r="C11" s="38"/>
       <c r="D11" s="38"/>
       <c r="E11" s="38"/>
       <c r="F11" s="38"/>
       <c r="G11" s="38"/>
       <c r="H11" s="38"/>
       <c r="I11" s="38"/>
       <c r="J11" s="38"/>
       <c r="K11" s="38"/>
     </row>
-    <row r="12" spans="1:11" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:11" ht="17.5" x14ac:dyDescent="0.35">
       <c r="A12" s="273" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="273"/>
       <c r="C12" s="273"/>
       <c r="D12" s="280"/>
       <c r="E12" s="280"/>
       <c r="F12" s="280"/>
       <c r="G12" s="38"/>
       <c r="H12" s="39" t="s">
         <v>5</v>
       </c>
       <c r="I12" s="38"/>
       <c r="J12" s="281"/>
       <c r="K12" s="281"/>
     </row>
-    <row r="13" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="273" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="273"/>
       <c r="C13" s="273"/>
       <c r="D13" s="275"/>
       <c r="E13" s="275"/>
       <c r="F13" s="89"/>
       <c r="G13" s="38"/>
       <c r="H13" s="38"/>
       <c r="I13" s="38"/>
       <c r="J13" s="38"/>
       <c r="K13" s="38"/>
     </row>
-    <row r="14" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="273" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="273"/>
       <c r="C14" s="273"/>
       <c r="D14" s="273"/>
       <c r="E14" s="219"/>
       <c r="F14" s="38"/>
       <c r="G14" s="38"/>
       <c r="H14" s="38"/>
       <c r="I14" s="38"/>
       <c r="J14" s="38"/>
       <c r="K14" s="38"/>
     </row>
-    <row r="15" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="273" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="273"/>
       <c r="C15" s="273"/>
       <c r="D15" s="275"/>
       <c r="E15" s="275"/>
       <c r="F15" s="38"/>
       <c r="G15" s="38"/>
       <c r="H15" s="38"/>
       <c r="I15" s="38"/>
       <c r="J15" s="38"/>
       <c r="K15" s="38"/>
     </row>
-    <row r="16" spans="1:11" s="1" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:11" s="1" customFormat="1" ht="10.5" x14ac:dyDescent="0.25">
       <c r="A16" s="40"/>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="40"/>
       <c r="E16" s="40"/>
       <c r="F16" s="40"/>
       <c r="G16" s="40"/>
       <c r="H16" s="40"/>
       <c r="I16" s="40"/>
       <c r="J16" s="40"/>
       <c r="K16" s="40"/>
     </row>
-    <row r="17" spans="1:11" s="1" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:11" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="A17" s="196" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="40"/>
       <c r="E17" s="40"/>
       <c r="F17" s="40"/>
       <c r="G17" s="40"/>
       <c r="H17" s="40"/>
       <c r="I17" s="40"/>
       <c r="J17" s="40"/>
       <c r="K17" s="40"/>
     </row>
-    <row r="18" spans="1:11" s="1" customFormat="1" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:11" s="1" customFormat="1" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="274" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="274"/>
       <c r="C18" s="274"/>
       <c r="D18" s="275"/>
       <c r="E18" s="275"/>
       <c r="F18" s="40"/>
       <c r="G18" s="40"/>
       <c r="H18" s="40"/>
       <c r="I18" s="40"/>
       <c r="J18" s="40"/>
       <c r="K18" s="40"/>
     </row>
-    <row r="19" spans="1:11" s="1" customFormat="1" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:11" s="1" customFormat="1" ht="22.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="274" t="s">
         <v>11</v>
       </c>
       <c r="B19" s="274"/>
       <c r="C19" s="274"/>
       <c r="D19" s="222"/>
       <c r="E19" s="222"/>
       <c r="F19" s="40"/>
       <c r="G19" s="40"/>
       <c r="H19" s="40"/>
       <c r="I19" s="40"/>
       <c r="J19" s="40"/>
       <c r="K19" s="40"/>
     </row>
-    <row r="20" spans="1:11" s="1" customFormat="1" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" s="1" customFormat="1" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="274" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="274"/>
       <c r="C20" s="274"/>
       <c r="D20" s="275"/>
       <c r="E20" s="275"/>
       <c r="F20" s="40"/>
       <c r="G20" s="40"/>
       <c r="H20" s="40"/>
       <c r="I20" s="40"/>
       <c r="J20" s="40"/>
       <c r="K20" s="40"/>
     </row>
-    <row r="21" spans="1:11" s="1" customFormat="1" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:11" s="1" customFormat="1" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="274" t="s">
         <v>13</v>
       </c>
       <c r="B21" s="274"/>
       <c r="C21" s="274"/>
       <c r="D21" s="275"/>
       <c r="E21" s="275"/>
       <c r="F21" s="40"/>
       <c r="G21" s="40"/>
       <c r="H21" s="40"/>
       <c r="I21" s="40"/>
       <c r="J21" s="40"/>
       <c r="K21" s="40"/>
     </row>
-    <row r="22" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="273" t="s">
         <v>14</v>
       </c>
       <c r="B22" s="273"/>
       <c r="C22" s="273"/>
       <c r="D22" s="273"/>
       <c r="E22" s="235"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
     </row>
-    <row r="23" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="273" t="s">
         <v>15</v>
       </c>
       <c r="B23" s="273"/>
       <c r="C23" s="273"/>
       <c r="D23" s="275"/>
       <c r="E23" s="275"/>
       <c r="F23" s="38"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="38"/>
       <c r="J23" s="38"/>
       <c r="K23" s="38"/>
     </row>
-    <row r="24" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="273" t="s">
         <v>16</v>
       </c>
       <c r="B24" s="273"/>
       <c r="C24" s="273"/>
       <c r="D24" s="275"/>
       <c r="E24" s="275"/>
       <c r="F24" s="38"/>
       <c r="G24" s="38"/>
       <c r="H24" s="38"/>
       <c r="I24" s="38"/>
       <c r="J24" s="38"/>
       <c r="K24" s="38"/>
     </row>
-    <row r="25" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A25" s="39"/>
       <c r="B25" s="38"/>
       <c r="C25" s="38"/>
       <c r="D25" s="38"/>
       <c r="E25" s="38"/>
       <c r="F25" s="38"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="38"/>
       <c r="J25" s="38"/>
       <c r="K25" s="38"/>
     </row>
-    <row r="26" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A26" s="268" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="269"/>
       <c r="C26" s="269"/>
       <c r="D26" s="269"/>
       <c r="E26" s="269"/>
       <c r="F26" s="38"/>
       <c r="G26" s="38"/>
       <c r="H26" s="38"/>
       <c r="I26" s="38"/>
       <c r="J26" s="38"/>
       <c r="K26" s="38"/>
     </row>
-    <row r="27" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A27" s="269"/>
       <c r="B27" s="269"/>
       <c r="C27" s="269"/>
       <c r="D27" s="269"/>
       <c r="E27" s="269"/>
       <c r="F27" s="38"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="41"/>
       <c r="J27" s="41"/>
       <c r="K27" s="41"/>
     </row>
-    <row r="28" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="269"/>
       <c r="B28" s="269"/>
       <c r="C28" s="269"/>
       <c r="D28" s="269"/>
       <c r="E28" s="269"/>
       <c r="F28" s="38"/>
       <c r="G28" s="38"/>
       <c r="H28" s="38"/>
       <c r="I28" s="38"/>
       <c r="J28" s="38"/>
       <c r="K28" s="38"/>
     </row>
-    <row r="29" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="269"/>
       <c r="B29" s="269"/>
       <c r="C29" s="269"/>
       <c r="D29" s="269"/>
       <c r="E29" s="269"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
       <c r="J29" s="38"/>
       <c r="K29" s="38"/>
     </row>
-    <row r="30" spans="1:11" ht="31.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:11" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="269"/>
       <c r="B30" s="269"/>
       <c r="C30" s="269"/>
       <c r="D30" s="269"/>
       <c r="E30" s="269"/>
       <c r="F30" s="38"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
       <c r="I30" s="38"/>
       <c r="J30" s="38"/>
       <c r="K30" s="38"/>
     </row>
-    <row r="31" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="270"/>
       <c r="B31" s="270"/>
       <c r="C31" s="270"/>
       <c r="D31" s="270"/>
       <c r="E31" s="270"/>
       <c r="F31" s="270"/>
       <c r="G31" s="42"/>
       <c r="H31" s="276"/>
       <c r="I31" s="276"/>
       <c r="J31" s="276"/>
       <c r="K31" s="276"/>
     </row>
-    <row r="32" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A32" s="272" t="s">
         <v>18</v>
       </c>
       <c r="B32" s="272"/>
       <c r="C32" s="272"/>
       <c r="D32" s="272"/>
       <c r="E32" s="272"/>
       <c r="F32" s="272"/>
       <c r="G32" s="38"/>
       <c r="H32" s="284" t="s">
         <v>19</v>
       </c>
       <c r="I32" s="284"/>
       <c r="J32" s="284"/>
       <c r="K32" s="284"/>
     </row>
-    <row r="33" spans="1:11" ht="22.7" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:11" ht="22.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="271"/>
       <c r="B33" s="271"/>
       <c r="C33" s="271"/>
       <c r="D33" s="271"/>
       <c r="E33" s="271"/>
       <c r="F33" s="38"/>
       <c r="G33" s="38"/>
       <c r="H33" s="43"/>
       <c r="I33" s="43"/>
       <c r="J33" s="43"/>
       <c r="K33" s="43"/>
     </row>
-    <row r="34" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A34" s="272" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="272"/>
       <c r="C34" s="272"/>
       <c r="D34" s="272"/>
       <c r="E34" s="272"/>
       <c r="F34" s="272"/>
       <c r="G34" s="38"/>
       <c r="H34" s="285"/>
       <c r="I34" s="276"/>
       <c r="J34" s="276"/>
       <c r="K34" s="276"/>
     </row>
-    <row r="35" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A35" s="44"/>
       <c r="B35" s="44"/>
       <c r="C35" s="44"/>
       <c r="D35" s="44"/>
       <c r="E35" s="44"/>
       <c r="F35" s="44"/>
       <c r="G35" s="38"/>
       <c r="H35" s="45"/>
       <c r="I35" s="46"/>
       <c r="J35" s="46"/>
       <c r="K35" s="46"/>
     </row>
-    <row r="36" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A36" s="44"/>
       <c r="B36" s="44"/>
       <c r="C36" s="44"/>
       <c r="D36" s="44"/>
       <c r="E36" s="44"/>
       <c r="F36" s="44"/>
       <c r="G36" s="38"/>
       <c r="H36" s="45"/>
       <c r="I36" s="46"/>
       <c r="J36" s="46"/>
       <c r="K36" s="46"/>
     </row>
-    <row r="37" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A37" s="44"/>
       <c r="B37" s="44"/>
       <c r="C37" s="44"/>
       <c r="D37" s="44"/>
       <c r="E37" s="44"/>
       <c r="F37" s="44"/>
       <c r="G37" s="38"/>
       <c r="H37" s="45"/>
       <c r="I37" s="46"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
     </row>
-    <row r="38" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="44"/>
       <c r="B38" s="44"/>
       <c r="C38" s="44"/>
       <c r="D38" s="44"/>
       <c r="E38" s="44"/>
       <c r="F38" s="44"/>
       <c r="G38" s="38"/>
       <c r="H38" s="45"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
     </row>
-    <row r="39" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="286" t="s">
         <v>21</v>
       </c>
       <c r="B39" s="287"/>
       <c r="C39" s="287"/>
       <c r="D39" s="287"/>
       <c r="E39" s="288"/>
     </row>
-    <row r="40" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="289" t="s">
         <v>22</v>
       </c>
       <c r="B40" s="290"/>
       <c r="C40" s="290"/>
       <c r="D40" s="290"/>
       <c r="E40" s="291"/>
     </row>
-    <row r="41" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A41" s="292" t="s">
         <v>23</v>
       </c>
       <c r="B41" s="290"/>
       <c r="C41" s="290"/>
       <c r="D41" s="290"/>
       <c r="E41" s="47" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="42" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A42" s="282" t="s">
         <v>25</v>
       </c>
       <c r="B42" s="283"/>
       <c r="C42" s="283"/>
       <c r="D42" s="283"/>
       <c r="E42" s="48" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="43" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A43" s="282" t="s">
         <v>27</v>
       </c>
       <c r="B43" s="283"/>
       <c r="C43" s="283"/>
       <c r="D43" s="283"/>
       <c r="E43" s="49" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="44" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:11" ht="13" x14ac:dyDescent="0.3">
       <c r="A44" s="282" t="s">
         <v>29</v>
       </c>
       <c r="B44" s="283"/>
       <c r="C44" s="283"/>
       <c r="D44" s="283"/>
       <c r="E44" s="48" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="45" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A45" s="267"/>
+    <row r="45" spans="1:11" ht="13" x14ac:dyDescent="0.3">
+      <c r="A45" s="233"/>
       <c r="B45" s="38"/>
       <c r="C45" s="38"/>
       <c r="D45" s="38"/>
       <c r="E45" s="48" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="46" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="50"/>
       <c r="B46" s="51"/>
       <c r="C46" s="51"/>
       <c r="D46" s="51"/>
       <c r="E46" s="52"/>
     </row>
   </sheetData>
   <mergeCells count="37">
     <mergeCell ref="A44:D44"/>
     <mergeCell ref="A43:D43"/>
     <mergeCell ref="H32:K32"/>
     <mergeCell ref="H34:K34"/>
     <mergeCell ref="A39:E39"/>
     <mergeCell ref="A40:E40"/>
     <mergeCell ref="A41:D41"/>
     <mergeCell ref="A42:D42"/>
     <mergeCell ref="H31:K31"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="A10:K10"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A18:C18"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="D24:E24"/>
     <mergeCell ref="A26:E30"/>
     <mergeCell ref="A31:F31"/>
     <mergeCell ref="A33:E33"/>
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A34:F34"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
-  <pageSetup scale="94" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="96" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1026" r:id="rId4" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>39</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1028" r:id="rId5" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>40</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:colOff>241300</xdr:colOff>
                     <xdr:row>42</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1029" r:id="rId6" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:colOff>241300</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1031" r:id="rId7" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1304925</xdr:colOff>
+                    <xdr:colOff>1308100</xdr:colOff>
                     <xdr:row>39</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>1524000</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1032" r:id="rId8" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1304925</xdr:colOff>
+                    <xdr:colOff>1308100</xdr:colOff>
                     <xdr:row>40</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>1524000</xdr:colOff>
                     <xdr:row>42</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1033" r:id="rId9" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1304925</xdr:colOff>
+                    <xdr:colOff>1308100</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1533525</xdr:colOff>
+                    <xdr:colOff>1536700</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1034" r:id="rId10" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1304925</xdr:colOff>
+                    <xdr:colOff>1308100</xdr:colOff>
                     <xdr:row>42</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1533525</xdr:colOff>
+                    <xdr:colOff>1536700</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1035" r:id="rId11" name="Check Box 11">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1304925</xdr:colOff>
+                    <xdr:colOff>1308100</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>1533525</xdr:colOff>
+                    <xdr:colOff>1536700</xdr:colOff>
                     <xdr:row>45</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1036" r:id="rId12" name="Check Box 12">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>42</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:colOff>241300</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEA3287A-3F52-43A4-9712-71B222EA9D02}">
   <sheetPr codeName="Sheet10">
     <tabColor rgb="FF00B0F0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:N28"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C7" sqref="C7:F7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.5703125" style="156" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="12" max="12" width="13.140625" style="156" customWidth="1"/>
+    <col min="1" max="1" width="4.54296875" style="156" customWidth="1"/>
+    <col min="2" max="8" width="9.1796875" style="156"/>
+    <col min="9" max="9" width="7.54296875" style="156" customWidth="1"/>
+    <col min="10" max="10" width="13.1796875" style="156" customWidth="1"/>
+    <col min="11" max="11" width="8.54296875" style="156" customWidth="1"/>
+    <col min="12" max="12" width="13.1796875" style="156" customWidth="1"/>
     <col min="13" max="13" width="10" style="156" customWidth="1"/>
-    <col min="14" max="16384" width="9.140625" style="156"/>
+    <col min="14" max="16384" width="9.1796875" style="156"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="H2" s="245" t="s">
+    <row r="2" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="H2" s="246" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="H3" s="245" t="s">
+    <row r="3" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="H3" s="246" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="21.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:14" ht="21.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="535" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="535"/>
       <c r="C7" s="536">
         <f>'Cover Page'!D12</f>
         <v>0</v>
       </c>
       <c r="D7" s="536"/>
       <c r="E7" s="536"/>
       <c r="F7" s="536"/>
       <c r="G7" s="537" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H7" s="537"/>
       <c r="I7" s="538">
         <f>'Cover Page'!D13</f>
         <v>0</v>
       </c>
       <c r="J7" s="539"/>
       <c r="K7" s="539"/>
       <c r="L7" s="539"/>
       <c r="M7" s="539"/>
       <c r="N7" s="540"/>
     </row>
-    <row r="8" spans="1:14" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" ht="50.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="541" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B8" s="542"/>
       <c r="C8" s="542"/>
       <c r="D8" s="542"/>
       <c r="E8" s="542"/>
       <c r="F8" s="542"/>
       <c r="G8" s="542"/>
       <c r="H8" s="542"/>
       <c r="I8" s="542"/>
       <c r="J8" s="542"/>
       <c r="K8" s="542"/>
       <c r="L8" s="542"/>
       <c r="M8" s="542"/>
       <c r="N8" s="543"/>
     </row>
-    <row r="9" spans="1:14" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A9" s="531" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B9" s="157" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C9" s="532"/>
       <c r="D9" s="532"/>
       <c r="E9" s="532"/>
       <c r="F9" s="532"/>
       <c r="G9" s="532"/>
       <c r="H9" s="532"/>
       <c r="I9" s="532"/>
       <c r="J9" s="532"/>
       <c r="K9" s="532"/>
       <c r="L9" s="157" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M9" s="533"/>
       <c r="N9" s="534"/>
     </row>
-    <row r="10" spans="1:14" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:14" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A10" s="531"/>
       <c r="B10" s="157" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C10" s="532"/>
       <c r="D10" s="532"/>
       <c r="E10" s="532"/>
       <c r="F10" s="532"/>
       <c r="G10" s="532"/>
       <c r="H10" s="532"/>
       <c r="I10" s="532"/>
       <c r="J10" s="532"/>
       <c r="K10" s="532"/>
       <c r="L10" s="157" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M10" s="533"/>
       <c r="N10" s="534"/>
     </row>
-    <row r="11" spans="1:14" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:14" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="531" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B11" s="157" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C11" s="532"/>
       <c r="D11" s="532"/>
       <c r="E11" s="532"/>
       <c r="F11" s="532"/>
       <c r="G11" s="532"/>
       <c r="H11" s="532"/>
       <c r="I11" s="532"/>
       <c r="J11" s="532"/>
       <c r="K11" s="532"/>
       <c r="L11" s="157" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M11" s="533"/>
       <c r="N11" s="534"/>
     </row>
-    <row r="12" spans="1:14" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:14" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A12" s="531"/>
       <c r="B12" s="157" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C12" s="532"/>
       <c r="D12" s="532"/>
       <c r="E12" s="532"/>
       <c r="F12" s="532"/>
       <c r="G12" s="532"/>
       <c r="H12" s="532"/>
       <c r="I12" s="532"/>
       <c r="J12" s="532"/>
       <c r="K12" s="532"/>
       <c r="L12" s="157" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M12" s="533"/>
       <c r="N12" s="534"/>
     </row>
-    <row r="13" spans="1:14" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:14" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A13" s="531" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B13" s="157" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C13" s="532"/>
       <c r="D13" s="532"/>
       <c r="E13" s="532"/>
       <c r="F13" s="532"/>
       <c r="G13" s="532"/>
       <c r="H13" s="532"/>
       <c r="I13" s="532"/>
       <c r="J13" s="532"/>
       <c r="K13" s="532"/>
       <c r="L13" s="157" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M13" s="533"/>
       <c r="N13" s="534"/>
     </row>
-    <row r="14" spans="1:14" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:14" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A14" s="531"/>
       <c r="B14" s="157" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C14" s="532"/>
       <c r="D14" s="532"/>
       <c r="E14" s="532"/>
       <c r="F14" s="532"/>
       <c r="G14" s="532"/>
       <c r="H14" s="532"/>
       <c r="I14" s="532"/>
       <c r="J14" s="532"/>
       <c r="K14" s="532"/>
       <c r="L14" s="157" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M14" s="533"/>
       <c r="N14" s="534"/>
     </row>
-    <row r="15" spans="1:14" ht="26.25" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:14" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A15" s="531" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B15" s="157" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C15" s="532"/>
       <c r="D15" s="532"/>
       <c r="E15" s="532"/>
       <c r="F15" s="532"/>
       <c r="G15" s="532"/>
       <c r="H15" s="532"/>
       <c r="I15" s="532"/>
       <c r="J15" s="532"/>
       <c r="K15" s="532"/>
       <c r="L15" s="157" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M15" s="533"/>
       <c r="N15" s="534"/>
     </row>
-    <row r="16" spans="1:14" ht="27" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:14" ht="27" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="546"/>
       <c r="B16" s="158" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C16" s="547"/>
       <c r="D16" s="547"/>
       <c r="E16" s="547"/>
       <c r="F16" s="547"/>
       <c r="G16" s="547"/>
       <c r="H16" s="547"/>
       <c r="I16" s="547"/>
       <c r="J16" s="547"/>
       <c r="K16" s="547"/>
       <c r="L16" s="158" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M16" s="548"/>
       <c r="N16" s="549"/>
     </row>
-    <row r="17" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:14" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A17" s="159" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="B17" s="159"/>
       <c r="C17" s="159"/>
       <c r="D17" s="159"/>
       <c r="E17" s="159"/>
       <c r="F17" s="159"/>
       <c r="G17" s="159"/>
       <c r="H17" s="159"/>
       <c r="J17" s="160"/>
       <c r="K17" s="160"/>
       <c r="L17" s="160"/>
       <c r="M17" s="160"/>
     </row>
-    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18" s="544" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B18" s="544"/>
       <c r="C18" s="544"/>
       <c r="D18" s="544"/>
       <c r="E18" s="544"/>
       <c r="F18" s="544"/>
       <c r="G18" s="544"/>
       <c r="H18" s="544"/>
       <c r="I18" s="544"/>
       <c r="J18" s="544"/>
       <c r="K18" s="544"/>
       <c r="L18" s="544"/>
       <c r="M18" s="545"/>
       <c r="N18" s="161"/>
     </row>
-    <row r="19" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19" s="551" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B19" s="551"/>
       <c r="C19" s="551"/>
       <c r="D19" s="551"/>
       <c r="E19" s="551"/>
       <c r="F19" s="551"/>
       <c r="G19" s="551"/>
       <c r="H19" s="551"/>
       <c r="I19" s="551"/>
       <c r="J19" s="551"/>
       <c r="K19" s="551"/>
       <c r="L19" s="551"/>
       <c r="M19" s="552"/>
       <c r="N19" s="161"/>
     </row>
-    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20" s="551" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B20" s="551"/>
       <c r="C20" s="551"/>
       <c r="D20" s="551"/>
       <c r="E20" s="551"/>
       <c r="F20" s="551"/>
       <c r="G20" s="551"/>
       <c r="H20" s="551"/>
       <c r="I20" s="551"/>
       <c r="J20" s="551"/>
       <c r="K20" s="551"/>
       <c r="L20" s="551"/>
       <c r="M20" s="552"/>
       <c r="N20" s="161"/>
     </row>
-    <row r="21" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21" s="544" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B21" s="544"/>
       <c r="C21" s="544"/>
       <c r="D21" s="544"/>
       <c r="E21" s="544"/>
       <c r="F21" s="544"/>
       <c r="G21" s="544"/>
       <c r="H21" s="544"/>
       <c r="I21" s="544"/>
       <c r="J21" s="544"/>
       <c r="K21" s="544"/>
       <c r="L21" s="544"/>
       <c r="M21" s="544"/>
       <c r="N21" s="544"/>
     </row>
-    <row r="22" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="550"/>
       <c r="B22" s="550"/>
       <c r="C22" s="550"/>
       <c r="D22" s="550"/>
       <c r="E22" s="550"/>
       <c r="F22" s="550"/>
       <c r="G22" s="550"/>
       <c r="H22" s="550"/>
       <c r="I22" s="550"/>
       <c r="J22" s="550"/>
       <c r="K22" s="550"/>
       <c r="L22" s="550"/>
       <c r="M22" s="550"/>
       <c r="N22" s="550"/>
     </row>
-    <row r="23" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23" s="544" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B23" s="544"/>
       <c r="C23" s="544"/>
       <c r="D23" s="544"/>
       <c r="E23" s="544"/>
       <c r="F23" s="544"/>
       <c r="G23" s="544"/>
       <c r="H23" s="544"/>
       <c r="I23" s="544"/>
       <c r="J23" s="544"/>
       <c r="K23" s="544"/>
       <c r="L23" s="544"/>
       <c r="M23" s="544"/>
       <c r="N23" s="544"/>
     </row>
-    <row r="24" spans="1:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="550"/>
       <c r="B24" s="550"/>
       <c r="C24" s="550"/>
       <c r="D24" s="550"/>
       <c r="E24" s="550"/>
       <c r="F24" s="550"/>
       <c r="G24" s="550"/>
       <c r="H24" s="550"/>
       <c r="I24" s="550"/>
       <c r="J24" s="550"/>
       <c r="K24" s="550"/>
       <c r="L24" s="550"/>
       <c r="M24" s="550"/>
       <c r="N24" s="550"/>
     </row>
-    <row r="25" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25" s="544" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B25" s="544"/>
       <c r="C25" s="544"/>
       <c r="D25" s="544"/>
       <c r="E25" s="544"/>
       <c r="F25" s="544"/>
       <c r="G25" s="544"/>
       <c r="H25" s="544"/>
       <c r="I25" s="544"/>
       <c r="J25" s="544"/>
       <c r="K25" s="544"/>
       <c r="L25" s="544"/>
       <c r="M25" s="544"/>
       <c r="N25" s="544"/>
     </row>
-    <row r="26" spans="1:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="550"/>
       <c r="B26" s="550"/>
       <c r="C26" s="550"/>
       <c r="D26" s="550"/>
       <c r="E26" s="550"/>
       <c r="F26" s="550"/>
       <c r="G26" s="550"/>
       <c r="H26" s="550"/>
       <c r="I26" s="550"/>
       <c r="J26" s="550"/>
       <c r="K26" s="550"/>
       <c r="L26" s="550"/>
       <c r="M26" s="550"/>
       <c r="N26" s="550"/>
     </row>
-    <row r="27" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27" s="544" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B27" s="544"/>
       <c r="C27" s="544"/>
       <c r="D27" s="544"/>
       <c r="E27" s="544"/>
       <c r="F27" s="544"/>
       <c r="G27" s="544"/>
       <c r="H27" s="544"/>
       <c r="I27" s="544"/>
       <c r="J27" s="544"/>
       <c r="K27" s="544"/>
       <c r="L27" s="544"/>
       <c r="M27" s="544"/>
       <c r="N27" s="544"/>
     </row>
-    <row r="28" spans="1:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="550"/>
       <c r="B28" s="550"/>
       <c r="C28" s="550"/>
       <c r="D28" s="550"/>
       <c r="E28" s="550"/>
       <c r="F28" s="550"/>
       <c r="G28" s="550"/>
       <c r="H28" s="550"/>
       <c r="I28" s="550"/>
       <c r="J28" s="550"/>
       <c r="K28" s="550"/>
       <c r="L28" s="550"/>
       <c r="M28" s="550"/>
       <c r="N28" s="550"/>
     </row>
   </sheetData>
   <mergeCells count="36">
     <mergeCell ref="A25:N25"/>
     <mergeCell ref="A26:N26"/>
     <mergeCell ref="A27:N27"/>
     <mergeCell ref="A28:N28"/>
     <mergeCell ref="A19:M19"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A21:N21"/>
     <mergeCell ref="A22:N22"/>
@@ -16864,1625 +16846,1625 @@
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="C9:K9"/>
     <mergeCell ref="M9:N9"/>
     <mergeCell ref="C10:K10"/>
     <mergeCell ref="M10:N10"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.5" right="0.25" top="0.25" bottom="0.25" header="0.05" footer="0.3"/>
   <pageSetup scale="95" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A1B3E28C-C6C9-4189-95D3-011BEAEC6859}">
   <sheetPr codeName="Sheet11">
     <tabColor theme="6"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L328"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C7" sqref="C7:F7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.5703125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="12" max="12" width="9.42578125" customWidth="1"/>
+    <col min="1" max="1" width="4.54296875" customWidth="1"/>
+    <col min="2" max="4" width="9.453125" customWidth="1"/>
+    <col min="5" max="5" width="5.1796875" customWidth="1"/>
+    <col min="6" max="8" width="9.453125" customWidth="1"/>
+    <col min="9" max="9" width="5.1796875" customWidth="1"/>
+    <col min="10" max="10" width="9.453125" customWidth="1"/>
+    <col min="11" max="11" width="17.81640625" customWidth="1"/>
+    <col min="12" max="12" width="9.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B1" s="164"/>
       <c r="C1" s="164"/>
       <c r="D1" s="164"/>
       <c r="E1" s="164"/>
       <c r="F1" s="164"/>
       <c r="G1" s="164"/>
       <c r="H1" s="164"/>
       <c r="I1" s="164"/>
       <c r="J1" s="164"/>
       <c r="K1" s="164"/>
       <c r="L1" s="164"/>
     </row>
-    <row r="2" spans="1:12" s="88" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="B2" s="164"/>
       <c r="C2" s="164"/>
       <c r="D2" s="164"/>
       <c r="E2" s="164"/>
-      <c r="F2" s="245" t="s">
+      <c r="F2" s="246" t="s">
         <v>79</v>
       </c>
       <c r="G2" s="164"/>
       <c r="H2" s="164"/>
       <c r="I2" s="164"/>
       <c r="J2" s="164"/>
       <c r="K2" s="164"/>
       <c r="L2" s="164"/>
     </row>
-    <row r="3" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="B3" s="164"/>
       <c r="C3" s="164"/>
       <c r="D3" s="164"/>
       <c r="E3" s="164"/>
       <c r="F3" s="189" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G3" s="164"/>
       <c r="H3" s="164"/>
       <c r="I3" s="164"/>
       <c r="J3" s="164"/>
       <c r="K3" s="164"/>
       <c r="L3" s="164"/>
     </row>
-    <row r="4" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A4" s="165"/>
       <c r="B4" s="164"/>
       <c r="C4" s="164"/>
       <c r="D4" s="164"/>
       <c r="E4" s="164"/>
       <c r="G4" s="164"/>
       <c r="H4" s="164"/>
       <c r="I4" s="164"/>
       <c r="J4" s="164"/>
       <c r="K4" s="164"/>
       <c r="L4" s="164"/>
     </row>
-    <row r="5" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A5" s="165"/>
       <c r="B5" s="164"/>
       <c r="C5" s="164"/>
       <c r="D5" s="164"/>
       <c r="E5" s="164"/>
       <c r="F5" s="164"/>
       <c r="G5" s="164"/>
       <c r="H5" s="164"/>
       <c r="I5" s="164"/>
       <c r="J5" s="164"/>
       <c r="K5" s="164"/>
       <c r="L5" s="164"/>
     </row>
-    <row r="6" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="7" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="7" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A7" s="103"/>
       <c r="B7" s="104" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="577">
         <f>'Cover Page'!D12</f>
         <v>0</v>
       </c>
       <c r="D7" s="577"/>
       <c r="E7" s="577"/>
       <c r="F7" s="577"/>
       <c r="G7" s="168"/>
       <c r="I7" s="104" t="s">
         <v>295</v>
       </c>
       <c r="J7" s="577">
         <f>'Cover Page'!D13</f>
         <v>0</v>
       </c>
       <c r="K7" s="577"/>
     </row>
-    <row r="8" spans="1:12" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="9" spans="1:12" s="88" customFormat="1" ht="45.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="9" spans="1:12" s="88" customFormat="1" ht="46" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="171" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B9" s="553" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C9" s="553"/>
       <c r="D9" s="553"/>
       <c r="E9" s="553"/>
       <c r="F9" s="553"/>
       <c r="G9" s="553"/>
       <c r="H9" s="553"/>
       <c r="I9" s="553"/>
       <c r="J9" s="553"/>
       <c r="K9" s="553"/>
       <c r="L9" s="170"/>
     </row>
-    <row r="10" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="H10" s="234" t="s">
+    <row r="10" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
+      <c r="C10" s="236" t="s">
         <v>484</v>
       </c>
-      <c r="I10" s="234"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="H10" s="236" t="s">
+        <v>485</v>
+      </c>
+      <c r="I10" s="236"/>
+    </row>
+    <row r="11" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="C11" s="88" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H11" s="88" t="s">
-        <v>486</v>
-[...3 lines deleted...]
-    <row r="13" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="13" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B13" s="574"/>
       <c r="C13" s="575"/>
       <c r="D13" s="576"/>
       <c r="F13" s="566"/>
       <c r="G13" s="567"/>
       <c r="H13" s="568"/>
       <c r="I13" s="167"/>
       <c r="J13" s="566"/>
       <c r="K13" s="568"/>
     </row>
-    <row r="14" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="15" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="15" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B15" s="574"/>
       <c r="C15" s="575"/>
       <c r="D15" s="576"/>
       <c r="F15" s="566"/>
       <c r="G15" s="567"/>
       <c r="H15" s="568"/>
       <c r="I15" s="167"/>
       <c r="J15" s="566"/>
       <c r="K15" s="568"/>
     </row>
-    <row r="16" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="17" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="17" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B17" s="574"/>
       <c r="C17" s="575"/>
       <c r="D17" s="576"/>
       <c r="F17" s="566"/>
       <c r="G17" s="567"/>
       <c r="H17" s="568"/>
       <c r="I17" s="167"/>
       <c r="J17" s="566"/>
       <c r="K17" s="568"/>
     </row>
-    <row r="18" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="19" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="19" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="171" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B19" s="553" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C19" s="553"/>
       <c r="D19" s="553"/>
       <c r="E19" s="553"/>
       <c r="F19" s="553"/>
       <c r="G19" s="553"/>
       <c r="H19" s="553"/>
       <c r="I19" s="553"/>
       <c r="J19" s="553"/>
       <c r="K19" s="553"/>
       <c r="L19" s="170"/>
     </row>
-    <row r="20" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>489</v>
+    <row r="20" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
+      <c r="C20" s="236" t="s">
+        <v>490</v>
       </c>
       <c r="E20" s="166" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G20" s="166" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J20" s="166" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="K20" s="169"/>
     </row>
-    <row r="21" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="22" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B22" s="566"/>
       <c r="C22" s="567"/>
       <c r="D22" s="567"/>
       <c r="E22" s="567"/>
       <c r="F22" s="567"/>
       <c r="G22" s="567"/>
       <c r="H22" s="567"/>
       <c r="I22" s="567"/>
       <c r="J22" s="567"/>
       <c r="K22" s="568"/>
     </row>
-    <row r="23" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="24" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="24" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="171" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B24" s="553" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C24" s="553"/>
       <c r="D24" s="553"/>
       <c r="E24" s="553"/>
       <c r="F24" s="553"/>
       <c r="G24" s="553"/>
       <c r="H24" s="553"/>
       <c r="I24" s="553"/>
       <c r="J24" s="553"/>
       <c r="K24" s="553"/>
       <c r="L24" s="170"/>
     </row>
-    <row r="25" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="26" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="26" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B26" s="566"/>
       <c r="C26" s="567"/>
       <c r="D26" s="567"/>
       <c r="E26" s="567"/>
       <c r="F26" s="567"/>
       <c r="G26" s="567"/>
       <c r="H26" s="567"/>
       <c r="I26" s="567"/>
       <c r="J26" s="567"/>
       <c r="K26" s="568"/>
     </row>
-    <row r="27" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="28" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="28" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="171" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B28" s="553" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C28" s="553"/>
       <c r="D28" s="553"/>
       <c r="E28" s="553"/>
       <c r="F28" s="553"/>
       <c r="G28" s="553"/>
       <c r="H28" s="553"/>
       <c r="I28" s="553"/>
       <c r="J28" s="553"/>
       <c r="K28" s="553"/>
       <c r="L28" s="170"/>
     </row>
-    <row r="29" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="I29" s="88" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B30" s="570" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C30" s="570"/>
       <c r="D30" s="570"/>
       <c r="E30" s="570"/>
       <c r="F30" s="570"/>
       <c r="G30" s="570"/>
       <c r="H30" s="570"/>
       <c r="I30" s="570"/>
       <c r="J30" s="570"/>
-      <c r="K30" s="264" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="K30" s="265" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B31" s="571"/>
       <c r="C31" s="572"/>
       <c r="D31" s="572"/>
       <c r="E31" s="572"/>
       <c r="F31" s="572"/>
       <c r="G31" s="572"/>
       <c r="H31" s="572"/>
       <c r="I31" s="572"/>
       <c r="J31" s="573"/>
       <c r="K31" s="209"/>
     </row>
-    <row r="32" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B32" s="560"/>
       <c r="C32" s="561"/>
       <c r="D32" s="561"/>
       <c r="E32" s="561"/>
       <c r="F32" s="561"/>
       <c r="G32" s="561"/>
       <c r="H32" s="561"/>
       <c r="I32" s="561"/>
       <c r="J32" s="562"/>
       <c r="K32" s="210"/>
     </row>
-    <row r="33" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B33" s="560"/>
       <c r="C33" s="561"/>
       <c r="D33" s="561"/>
       <c r="E33" s="561"/>
       <c r="F33" s="561"/>
       <c r="G33" s="561"/>
       <c r="H33" s="561"/>
       <c r="I33" s="561"/>
       <c r="J33" s="562"/>
       <c r="K33" s="210"/>
     </row>
-    <row r="34" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B34" s="560"/>
       <c r="C34" s="561"/>
       <c r="D34" s="561"/>
       <c r="E34" s="561"/>
       <c r="F34" s="561"/>
       <c r="G34" s="561"/>
       <c r="H34" s="561"/>
       <c r="I34" s="561"/>
       <c r="J34" s="562"/>
       <c r="K34" s="210"/>
     </row>
-    <row r="35" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B35" s="560"/>
       <c r="C35" s="561"/>
       <c r="D35" s="561"/>
       <c r="E35" s="561"/>
       <c r="F35" s="561"/>
       <c r="G35" s="561"/>
       <c r="H35" s="561"/>
       <c r="I35" s="561"/>
       <c r="J35" s="562"/>
       <c r="K35" s="210"/>
     </row>
-    <row r="36" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B36" s="560"/>
       <c r="C36" s="561"/>
       <c r="D36" s="561"/>
       <c r="E36" s="561"/>
       <c r="F36" s="561"/>
       <c r="G36" s="561"/>
       <c r="H36" s="561"/>
       <c r="I36" s="561"/>
       <c r="J36" s="562"/>
       <c r="K36" s="210"/>
     </row>
-    <row r="37" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B37" s="560"/>
       <c r="C37" s="561"/>
       <c r="D37" s="561"/>
       <c r="E37" s="561"/>
       <c r="F37" s="561"/>
       <c r="G37" s="561"/>
       <c r="H37" s="561"/>
       <c r="I37" s="561"/>
       <c r="J37" s="562"/>
       <c r="K37" s="210"/>
     </row>
-    <row r="38" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B38" s="560"/>
       <c r="C38" s="561"/>
       <c r="D38" s="561"/>
       <c r="E38" s="561"/>
       <c r="F38" s="561"/>
       <c r="G38" s="561"/>
       <c r="H38" s="561"/>
       <c r="I38" s="561"/>
       <c r="J38" s="562"/>
       <c r="K38" s="210"/>
     </row>
-    <row r="39" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B39" s="563"/>
       <c r="C39" s="564"/>
       <c r="D39" s="564"/>
       <c r="E39" s="564"/>
       <c r="F39" s="564"/>
       <c r="G39" s="564"/>
       <c r="H39" s="564"/>
       <c r="I39" s="564"/>
       <c r="J39" s="565"/>
       <c r="K39" s="211"/>
     </row>
-    <row r="40" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-    <row r="43" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="41" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="42" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="43" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="171" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B43" s="553" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C43" s="553"/>
       <c r="D43" s="553"/>
       <c r="E43" s="553"/>
       <c r="F43" s="553"/>
       <c r="G43" s="553"/>
       <c r="H43" s="553"/>
       <c r="I43" s="553"/>
       <c r="J43" s="553"/>
       <c r="K43" s="553"/>
       <c r="L43" s="170"/>
     </row>
-    <row r="44" spans="1:12" s="88" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:12" s="88" customFormat="1" ht="16.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C44" s="103" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E44" s="166"/>
       <c r="G44" s="166"/>
       <c r="I44" s="166" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="J44" s="166" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="K44" s="172"/>
     </row>
-    <row r="45" spans="1:12" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:12" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B45" s="173" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C45" s="103"/>
       <c r="E45" s="166"/>
       <c r="G45" s="166"/>
       <c r="I45" s="166"/>
       <c r="J45" s="166"/>
       <c r="K45" s="172"/>
     </row>
-    <row r="46" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="47" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="47" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B47" s="566"/>
       <c r="C47" s="567"/>
       <c r="D47" s="567"/>
       <c r="E47" s="567"/>
       <c r="F47" s="567"/>
       <c r="G47" s="567"/>
       <c r="H47" s="567"/>
       <c r="I47" s="567"/>
       <c r="J47" s="567"/>
       <c r="K47" s="568"/>
     </row>
-    <row r="48" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="49" spans="1:12" s="88" customFormat="1" ht="18.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="49" spans="1:12" s="88" customFormat="1" ht="19" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="171" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B49" s="553" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C49" s="553"/>
       <c r="D49" s="553"/>
       <c r="E49" s="553"/>
       <c r="F49" s="553"/>
       <c r="G49" s="553"/>
       <c r="H49" s="553"/>
       <c r="I49" s="553"/>
       <c r="J49" s="553"/>
       <c r="K49" s="553"/>
       <c r="L49" s="170"/>
     </row>
-    <row r="50" spans="1:12" s="88" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:12" s="88" customFormat="1" ht="16.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C50" s="103" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E50" s="166"/>
       <c r="G50" s="166"/>
       <c r="I50" s="166" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="J50" s="166" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="K50" s="172"/>
     </row>
-    <row r="51" spans="1:12" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:12" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B51" s="173" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C51" s="103"/>
       <c r="E51" s="166"/>
       <c r="G51" s="166"/>
       <c r="I51" s="166"/>
       <c r="J51" s="166"/>
       <c r="K51" s="172"/>
     </row>
-    <row r="52" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="53" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="53" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B53" s="566"/>
       <c r="C53" s="567"/>
       <c r="D53" s="567"/>
       <c r="E53" s="567"/>
       <c r="F53" s="567"/>
       <c r="G53" s="567"/>
       <c r="H53" s="567"/>
       <c r="I53" s="567"/>
       <c r="J53" s="567"/>
       <c r="K53" s="568"/>
     </row>
-    <row r="54" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="55" spans="1:12" s="88" customFormat="1" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="55" spans="1:12" s="88" customFormat="1" ht="29.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="171" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B55" s="553" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C55" s="553"/>
       <c r="D55" s="553"/>
       <c r="E55" s="553"/>
       <c r="F55" s="553"/>
       <c r="G55" s="553"/>
       <c r="H55" s="553"/>
       <c r="I55" s="553"/>
       <c r="J55" s="553"/>
       <c r="K55" s="553"/>
       <c r="L55" s="170"/>
     </row>
-    <row r="56" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="57" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="57" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B57" s="566"/>
       <c r="C57" s="567"/>
       <c r="D57" s="567"/>
       <c r="E57" s="567"/>
       <c r="F57" s="567"/>
       <c r="G57" s="567"/>
       <c r="H57" s="567"/>
       <c r="I57" s="567"/>
       <c r="J57" s="567"/>
       <c r="K57" s="568"/>
     </row>
-    <row r="58" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="59" spans="1:12" s="88" customFormat="1" ht="18.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="59" spans="1:12" s="88" customFormat="1" ht="19" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="171" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B59" s="569" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C59" s="569"/>
       <c r="D59" s="569"/>
       <c r="E59" s="569"/>
       <c r="F59" s="569"/>
       <c r="G59" s="569"/>
       <c r="H59" s="569"/>
       <c r="I59" s="569"/>
       <c r="J59" s="569"/>
       <c r="K59" s="569"/>
       <c r="L59" s="170"/>
     </row>
-    <row r="60" spans="1:12" s="88" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>512</v>
+    <row r="60" spans="1:12" s="88" customFormat="1" ht="16.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C60" s="236" t="s">
+        <v>513</v>
       </c>
       <c r="D60" s="166" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E60" s="172"/>
       <c r="F60" s="173" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G60" s="166"/>
     </row>
-    <row r="61" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="62" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="62" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B62" s="566"/>
       <c r="C62" s="567"/>
       <c r="D62" s="567"/>
       <c r="E62" s="567"/>
       <c r="F62" s="567"/>
       <c r="G62" s="567"/>
       <c r="H62" s="567"/>
       <c r="I62" s="567"/>
       <c r="J62" s="567"/>
       <c r="K62" s="568"/>
     </row>
-    <row r="63" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-[...5 lines deleted...]
-    <row r="69" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="64" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="65" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="66" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="67" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="68" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="69" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A69" s="174" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B69" s="174"/>
       <c r="C69" s="174"/>
       <c r="D69" s="174"/>
       <c r="E69" s="174"/>
       <c r="F69" s="174"/>
       <c r="G69" s="174"/>
       <c r="H69" s="174"/>
       <c r="I69" s="174"/>
       <c r="J69" s="174"/>
       <c r="K69" s="174"/>
     </row>
-    <row r="70" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-[...7 lines deleted...]
-    <row r="78" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="71" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="72" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="73" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="74" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="75" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="76" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="77" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="78" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A78" s="165" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B78" s="164"/>
       <c r="C78" s="164"/>
       <c r="D78" s="164"/>
       <c r="E78" s="164"/>
       <c r="F78" s="164"/>
       <c r="G78" s="164"/>
       <c r="H78" s="164"/>
       <c r="I78" s="164"/>
       <c r="J78" s="164"/>
       <c r="K78" s="164"/>
       <c r="L78" s="164"/>
     </row>
-    <row r="79" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A79" s="165" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B79" s="164"/>
       <c r="C79" s="164"/>
       <c r="D79" s="164"/>
       <c r="E79" s="164"/>
       <c r="F79" s="164"/>
       <c r="G79" s="164"/>
       <c r="H79" s="164"/>
       <c r="I79" s="164"/>
       <c r="J79" s="164"/>
       <c r="K79" s="164"/>
       <c r="L79" s="164"/>
     </row>
-    <row r="80" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="81" spans="1:11" s="88" customFormat="1" ht="75.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="81" spans="1:11" s="88" customFormat="1" ht="76" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="555" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B81" s="555"/>
       <c r="C81" s="555"/>
       <c r="D81" s="555"/>
       <c r="E81" s="555"/>
       <c r="F81" s="555"/>
       <c r="G81" s="555"/>
       <c r="H81" s="555"/>
       <c r="I81" s="555"/>
       <c r="J81" s="555"/>
       <c r="K81" s="555"/>
     </row>
-    <row r="82" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="83" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="83" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A83" s="177" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A84" s="182" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B84" s="88" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
+      <c r="A85" s="182" t="s">
         <v>519</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B85" s="176" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-    <row r="87" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="87" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="556" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B87" s="556"/>
       <c r="C87" s="556"/>
       <c r="D87" s="556"/>
       <c r="E87" s="556"/>
       <c r="F87" s="556"/>
       <c r="G87" s="556"/>
       <c r="H87" s="556"/>
       <c r="I87" s="556"/>
       <c r="J87" s="556"/>
       <c r="K87" s="556"/>
     </row>
-    <row r="88" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="89" spans="1:11" s="88" customFormat="1" ht="31.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="89" spans="1:11" s="88" customFormat="1" ht="31.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="557" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B89" s="557"/>
       <c r="C89" s="557"/>
       <c r="D89" s="557"/>
       <c r="E89" s="557"/>
       <c r="F89" s="557"/>
       <c r="G89" s="557"/>
       <c r="H89" s="557"/>
       <c r="I89" s="557"/>
       <c r="J89" s="557"/>
       <c r="K89" s="557"/>
     </row>
-    <row r="90" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B90" s="553" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C90" s="553"/>
       <c r="D90" s="553"/>
       <c r="E90" s="553"/>
       <c r="F90" s="553"/>
       <c r="G90" s="553"/>
       <c r="H90" s="553"/>
       <c r="I90" s="553"/>
       <c r="J90" s="553"/>
       <c r="K90" s="553"/>
     </row>
-    <row r="91" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B91" s="553" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C91" s="553"/>
       <c r="D91" s="553"/>
       <c r="E91" s="553"/>
       <c r="F91" s="553"/>
       <c r="G91" s="553"/>
       <c r="H91" s="553"/>
       <c r="I91" s="553"/>
       <c r="J91" s="553"/>
       <c r="K91" s="553"/>
     </row>
-    <row r="92" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B92" s="553" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C92" s="553"/>
       <c r="D92" s="553"/>
       <c r="E92" s="553"/>
       <c r="F92" s="553"/>
       <c r="G92" s="553"/>
       <c r="H92" s="553"/>
       <c r="I92" s="553"/>
       <c r="J92" s="553"/>
       <c r="K92" s="553"/>
     </row>
-    <row r="93" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B93" s="555" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C93" s="555"/>
       <c r="D93" s="555"/>
       <c r="E93" s="555"/>
       <c r="F93" s="555"/>
       <c r="G93" s="555"/>
       <c r="H93" s="555"/>
       <c r="I93" s="555"/>
       <c r="J93" s="555"/>
       <c r="K93" s="555"/>
     </row>
-    <row r="94" spans="1:11" s="180" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:11" s="180" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B94" s="555" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C94" s="555"/>
       <c r="D94" s="555"/>
       <c r="E94" s="555"/>
       <c r="F94" s="555"/>
       <c r="G94" s="555"/>
       <c r="H94" s="555"/>
       <c r="I94" s="555"/>
       <c r="J94" s="555"/>
       <c r="K94" s="555"/>
     </row>
-    <row r="95" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B95" s="555" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C95" s="555"/>
       <c r="D95" s="555"/>
       <c r="E95" s="555"/>
       <c r="F95" s="555"/>
       <c r="G95" s="555"/>
       <c r="H95" s="555"/>
       <c r="I95" s="555"/>
       <c r="J95" s="555"/>
       <c r="K95" s="555"/>
     </row>
-    <row r="96" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B96" s="553" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C96" s="553"/>
       <c r="D96" s="553"/>
       <c r="E96" s="553"/>
       <c r="F96" s="553"/>
       <c r="G96" s="553"/>
       <c r="H96" s="553"/>
       <c r="I96" s="553"/>
       <c r="J96" s="553"/>
       <c r="K96" s="553"/>
     </row>
-    <row r="97" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B97" s="555" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C97" s="555"/>
       <c r="D97" s="555"/>
       <c r="E97" s="555"/>
       <c r="F97" s="555"/>
       <c r="G97" s="555"/>
       <c r="H97" s="555"/>
       <c r="I97" s="555"/>
       <c r="J97" s="555"/>
       <c r="K97" s="555"/>
     </row>
-    <row r="98" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" s="88" customFormat="1" ht="14.5" x14ac:dyDescent="0.3">
       <c r="A98" s="178"/>
     </row>
-    <row r="99" spans="1:11" s="88" customFormat="1" ht="17.850000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" s="88" customFormat="1" ht="17.899999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="558" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B99" s="559"/>
       <c r="C99" s="559"/>
       <c r="D99" s="559"/>
       <c r="E99" s="559"/>
       <c r="F99" s="559"/>
       <c r="G99" s="559"/>
       <c r="H99" s="559"/>
       <c r="I99" s="559"/>
       <c r="J99" s="559"/>
       <c r="K99" s="559"/>
     </row>
-    <row r="100" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A100" s="181" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B100" s="183" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C100" s="180"/>
       <c r="D100" s="180"/>
       <c r="E100" s="180"/>
       <c r="F100" s="180"/>
       <c r="G100" s="180"/>
       <c r="H100" s="180"/>
       <c r="I100" s="180"/>
       <c r="J100" s="180"/>
       <c r="K100" s="180"/>
     </row>
-    <row r="101" spans="1:11" s="88" customFormat="1" ht="6.6" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="102" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" s="88" customFormat="1" ht="6.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="102" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A102" s="184" t="s">
-        <v>534</v>
-[...3 lines deleted...]
-    <row r="104" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" s="88" customFormat="1" ht="6.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="104" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A104" s="103" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D104" s="88" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:11" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="180" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:11" s="88" customFormat="1" ht="45.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" s="88" customFormat="1" ht="46" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B106" s="555" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C106" s="555"/>
       <c r="D106" s="555"/>
       <c r="E106" s="555"/>
       <c r="F106" s="555"/>
       <c r="G106" s="555"/>
       <c r="H106" s="555"/>
       <c r="I106" s="555"/>
       <c r="J106" s="555"/>
       <c r="K106" s="555"/>
     </row>
-    <row r="107" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B107" s="553" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C107" s="553"/>
       <c r="D107" s="553"/>
       <c r="E107" s="553"/>
       <c r="F107" s="553"/>
       <c r="G107" s="553"/>
       <c r="H107" s="553"/>
       <c r="I107" s="553"/>
       <c r="J107" s="553"/>
       <c r="K107" s="553"/>
     </row>
-    <row r="108" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B108" s="553" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C108" s="553"/>
       <c r="D108" s="553"/>
       <c r="E108" s="553"/>
       <c r="F108" s="553"/>
       <c r="G108" s="553"/>
       <c r="H108" s="553"/>
       <c r="I108" s="553"/>
       <c r="J108" s="553"/>
       <c r="K108" s="553"/>
     </row>
-    <row r="109" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B109" s="555" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C109" s="555"/>
       <c r="D109" s="555"/>
       <c r="E109" s="555"/>
       <c r="F109" s="555"/>
       <c r="G109" s="555"/>
       <c r="H109" s="555"/>
       <c r="I109" s="555"/>
       <c r="J109" s="555"/>
       <c r="K109" s="555"/>
     </row>
-    <row r="110" spans="1:11" s="180" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:11" s="180" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B110" s="555" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C110" s="555"/>
       <c r="D110" s="555"/>
       <c r="E110" s="555"/>
       <c r="F110" s="555"/>
       <c r="G110" s="555"/>
       <c r="H110" s="555"/>
       <c r="I110" s="555"/>
       <c r="J110" s="555"/>
       <c r="K110" s="555"/>
     </row>
-    <row r="111" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B111" s="555" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C111" s="555"/>
       <c r="D111" s="555"/>
       <c r="E111" s="555"/>
       <c r="F111" s="555"/>
       <c r="G111" s="555"/>
       <c r="H111" s="555"/>
       <c r="I111" s="555"/>
       <c r="J111" s="555"/>
       <c r="K111" s="555"/>
     </row>
-    <row r="112" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="114" spans="1:11" s="88" customFormat="1" ht="307.35000000000002" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="113" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="114" spans="1:11" s="88" customFormat="1" ht="307.39999999999998" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="555" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B114" s="555"/>
       <c r="C114" s="555"/>
       <c r="D114" s="555"/>
       <c r="E114" s="555"/>
       <c r="F114" s="555"/>
       <c r="G114" s="555"/>
       <c r="H114" s="555"/>
       <c r="I114" s="555"/>
       <c r="J114" s="555"/>
       <c r="K114" s="555"/>
     </row>
-    <row r="115" spans="1:11" s="88" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="116" spans="1:11" s="88" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" s="88" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="116" spans="1:11" s="88" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A116" s="181" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B116" s="183" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C116" s="180"/>
       <c r="D116" s="180"/>
       <c r="E116" s="180"/>
       <c r="F116" s="180"/>
       <c r="G116" s="180"/>
       <c r="H116" s="180"/>
       <c r="I116" s="180"/>
       <c r="J116" s="180"/>
       <c r="K116" s="180"/>
     </row>
-    <row r="117" spans="1:11" s="88" customFormat="1" ht="6.6" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="118" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" s="88" customFormat="1" ht="6.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="118" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A118" s="184" t="s">
-        <v>546</v>
-[...3 lines deleted...]
-    <row r="120" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" s="88" customFormat="1" ht="6.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="120" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A120" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B120" s="555" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C120" s="555"/>
       <c r="D120" s="555"/>
       <c r="E120" s="555"/>
       <c r="F120" s="555"/>
       <c r="G120" s="555"/>
       <c r="H120" s="555"/>
       <c r="I120" s="555"/>
       <c r="J120" s="555"/>
       <c r="K120" s="555"/>
     </row>
-    <row r="121" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B121" s="553" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C121" s="553"/>
       <c r="D121" s="553"/>
       <c r="E121" s="553"/>
       <c r="F121" s="553"/>
       <c r="G121" s="553"/>
       <c r="H121" s="553"/>
       <c r="I121" s="553"/>
       <c r="J121" s="553"/>
       <c r="K121" s="553"/>
     </row>
-    <row r="122" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B122" s="553" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C122" s="553"/>
       <c r="D122" s="553"/>
       <c r="E122" s="553"/>
       <c r="F122" s="553"/>
       <c r="G122" s="553"/>
       <c r="H122" s="553"/>
       <c r="I122" s="553"/>
       <c r="J122" s="553"/>
       <c r="K122" s="553"/>
     </row>
-    <row r="123" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A123" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B123" s="555" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C123" s="555"/>
       <c r="D123" s="555"/>
       <c r="E123" s="555"/>
       <c r="F123" s="555"/>
       <c r="G123" s="555"/>
       <c r="H123" s="555"/>
       <c r="I123" s="555"/>
       <c r="J123" s="555"/>
       <c r="K123" s="555"/>
     </row>
-    <row r="124" spans="1:11" s="180" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:11" s="180" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B124" s="555" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C124" s="555"/>
       <c r="D124" s="555"/>
       <c r="E124" s="555"/>
       <c r="F124" s="555"/>
       <c r="G124" s="555"/>
       <c r="H124" s="555"/>
       <c r="I124" s="555"/>
       <c r="J124" s="555"/>
       <c r="K124" s="555"/>
     </row>
-    <row r="125" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B125" s="555" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C125" s="555"/>
       <c r="D125" s="555"/>
       <c r="E125" s="555"/>
       <c r="F125" s="555"/>
       <c r="G125" s="555"/>
       <c r="H125" s="555"/>
       <c r="I125" s="555"/>
       <c r="J125" s="555"/>
       <c r="K125" s="555"/>
     </row>
-    <row r="126" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B126" s="88" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B127" s="88" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B128" s="88" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B129" s="88" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B130" s="88" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:11" s="88" customFormat="1" ht="7.15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" s="88" customFormat="1" ht="7.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="179"/>
     </row>
-    <row r="132" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A132" s="103" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-    <row r="134" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" s="88" customFormat="1" ht="6.65" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="134" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A134" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B134" s="555" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C134" s="555"/>
       <c r="D134" s="555"/>
       <c r="E134" s="555"/>
       <c r="F134" s="555"/>
       <c r="G134" s="555"/>
       <c r="H134" s="555"/>
       <c r="I134" s="555"/>
       <c r="J134" s="555"/>
       <c r="K134" s="555"/>
     </row>
-    <row r="135" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A135" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B135" s="553" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C135" s="553"/>
       <c r="D135" s="553"/>
       <c r="E135" s="553"/>
       <c r="F135" s="553"/>
       <c r="G135" s="553"/>
       <c r="H135" s="553"/>
       <c r="I135" s="553"/>
       <c r="J135" s="553"/>
       <c r="K135" s="553"/>
     </row>
-    <row r="136" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:11" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B136" s="553" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C136" s="553"/>
       <c r="D136" s="553"/>
       <c r="E136" s="553"/>
       <c r="F136" s="553"/>
       <c r="G136" s="553"/>
       <c r="H136" s="553"/>
       <c r="I136" s="553"/>
       <c r="J136" s="553"/>
       <c r="K136" s="553"/>
     </row>
-    <row r="137" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A137" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B137" s="555" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C137" s="555"/>
       <c r="D137" s="555"/>
       <c r="E137" s="555"/>
       <c r="F137" s="555"/>
       <c r="G137" s="555"/>
       <c r="H137" s="555"/>
       <c r="I137" s="555"/>
       <c r="J137" s="555"/>
       <c r="K137" s="555"/>
     </row>
-    <row r="138" spans="1:11" s="180" customFormat="1" ht="30.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:11" s="180" customFormat="1" ht="30.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B138" s="555" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C138" s="555"/>
       <c r="D138" s="555"/>
       <c r="E138" s="555"/>
       <c r="F138" s="555"/>
       <c r="G138" s="555"/>
       <c r="H138" s="555"/>
       <c r="I138" s="555"/>
       <c r="J138" s="555"/>
       <c r="K138" s="555"/>
     </row>
-    <row r="139" spans="1:11" s="88" customFormat="1" ht="6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:11" s="88" customFormat="1" ht="6" hidden="1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="179"/>
     </row>
-    <row r="140" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A140" s="103" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-    <row r="142" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" s="88" customFormat="1" ht="2.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="142" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B142" s="554" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C142" s="554"/>
       <c r="D142" s="554"/>
       <c r="E142" s="554"/>
       <c r="F142" s="554"/>
       <c r="G142" s="554"/>
       <c r="H142" s="554"/>
       <c r="I142" s="554"/>
       <c r="J142" s="554"/>
       <c r="K142" s="554"/>
     </row>
-    <row r="143" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B143" s="553" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C143" s="553"/>
       <c r="D143" s="553"/>
       <c r="E143" s="553"/>
       <c r="F143" s="553"/>
       <c r="G143" s="553"/>
       <c r="H143" s="553"/>
       <c r="I143" s="553"/>
       <c r="J143" s="553"/>
       <c r="K143" s="553"/>
     </row>
-    <row r="144" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A144" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B144" s="553" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C144" s="553"/>
       <c r="D144" s="553"/>
       <c r="E144" s="553"/>
       <c r="F144" s="553"/>
       <c r="G144" s="553"/>
       <c r="H144" s="553"/>
       <c r="I144" s="553"/>
       <c r="J144" s="553"/>
       <c r="K144" s="553"/>
     </row>
-    <row r="145" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:11" s="88" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B145" s="554" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C145" s="554"/>
       <c r="D145" s="554"/>
       <c r="E145" s="554"/>
       <c r="F145" s="554"/>
       <c r="G145" s="554"/>
       <c r="H145" s="554"/>
       <c r="I145" s="554"/>
       <c r="J145" s="554"/>
       <c r="K145" s="554"/>
     </row>
-    <row r="146" spans="1:11" s="180" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:11" s="180" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="179" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B146" s="555" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C146" s="555"/>
       <c r="D146" s="555"/>
       <c r="E146" s="555"/>
       <c r="F146" s="555"/>
       <c r="G146" s="555"/>
       <c r="H146" s="555"/>
       <c r="I146" s="555"/>
       <c r="J146" s="555"/>
       <c r="K146" s="555"/>
     </row>
-    <row r="147" spans="1:11" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-[...180 lines deleted...]
-    <row r="328" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+    <row r="147" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="148" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="149" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="150" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="151" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="152" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="153" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="154" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="155" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="156" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="157" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="158" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="159" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="160" spans="1:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="161" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="162" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="163" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="164" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="165" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="166" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="167" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="168" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="169" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="170" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="171" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="172" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="173" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="174" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="175" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="176" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="177" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="178" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="179" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="180" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="181" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="182" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="183" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="184" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="185" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="186" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="187" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="188" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="189" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="190" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="191" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="192" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="193" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="194" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="195" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="196" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="197" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="198" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="199" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="200" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="201" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="202" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="203" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="204" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="205" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="206" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="207" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="208" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="209" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="210" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="211" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="212" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="213" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="214" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="215" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="216" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="217" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="218" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="219" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="220" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="221" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="222" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="223" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="224" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="225" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="226" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="227" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="228" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="229" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="230" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="231" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="232" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="233" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="234" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="235" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="236" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="237" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="238" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="239" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="240" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="241" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="242" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="243" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="244" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="245" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="246" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="247" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="248" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="249" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="250" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="251" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="252" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="253" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="254" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="255" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="256" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="257" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="258" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="259" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="260" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="261" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="262" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="263" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="264" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="265" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="266" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="267" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="268" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="269" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="270" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="271" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="272" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="273" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="274" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="275" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="276" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="277" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="278" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="279" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="280" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="281" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="282" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="283" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="284" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="285" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="286" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="287" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="288" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="289" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="290" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="291" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="292" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="293" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="294" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="295" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="296" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="297" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="298" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="299" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="300" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="301" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="302" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="303" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="304" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="305" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="306" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="307" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="308" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="309" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="310" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="311" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="312" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="313" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="314" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="315" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="316" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="317" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="318" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="319" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="320" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="321" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="322" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="323" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="324" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="325" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="326" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="327" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="328" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="70">
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="F13:H13"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="B9:K9"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="F15:H15"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="F17:H17"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="B36:J36"/>
     <mergeCell ref="B19:K19"/>
     <mergeCell ref="B22:K22"/>
     <mergeCell ref="B24:K24"/>
     <mergeCell ref="B26:K26"/>
     <mergeCell ref="B28:K28"/>
     <mergeCell ref="B30:J30"/>
     <mergeCell ref="B31:J31"/>
     <mergeCell ref="B32:J32"/>
     <mergeCell ref="B33:J33"/>
     <mergeCell ref="B34:J34"/>
@@ -18580,2883 +18562,2883 @@
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>457200</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>495300</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11267" r:id="rId7" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>457200</xdr:colOff>
                     <xdr:row>9</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>11</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11268" r:id="rId8" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>457200</xdr:colOff>
                     <xdr:row>9</xdr:row>
-                    <xdr:rowOff>85725</xdr:rowOff>
+                    <xdr:rowOff>88900</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11270" r:id="rId9" name="Check Box 6">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>533400</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11271" r:id="rId10" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>5</xdr:col>
-                    <xdr:colOff>619125</xdr:colOff>
+                    <xdr:colOff>622300</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>180975</xdr:colOff>
+                    <xdr:colOff>184150</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11272" r:id="rId11" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>371475</xdr:colOff>
+                    <xdr:colOff>374650</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>590550</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11273" r:id="rId12" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>447675</xdr:colOff>
+                    <xdr:colOff>450850</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11279" r:id="rId13" name="Check Box 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>638175</xdr:colOff>
+                    <xdr:colOff>641350</xdr:colOff>
                     <xdr:row>42</xdr:row>
-                    <xdr:rowOff>333375</xdr:rowOff>
+                    <xdr:rowOff>336550</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>200025</xdr:colOff>
+                    <xdr:colOff>203200</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11280" r:id="rId14" name="Check Box 16">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>342900</xdr:colOff>
                     <xdr:row>42</xdr:row>
-                    <xdr:rowOff>333375</xdr:rowOff>
+                    <xdr:rowOff>336550</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11283" r:id="rId15" name="Check Box 19">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>638175</xdr:colOff>
+                    <xdr:colOff>641350</xdr:colOff>
                     <xdr:row>48</xdr:row>
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>200025</xdr:colOff>
+                    <xdr:colOff>203200</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11284" r:id="rId16" name="Check Box 20">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>342900</xdr:colOff>
                     <xdr:row>48</xdr:row>
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
                     <xdr:row>50</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11287" r:id="rId17" name="Check Box 23">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>638175</xdr:colOff>
+                    <xdr:colOff>641350</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>200025</xdr:colOff>
+                    <xdr:colOff>203200</xdr:colOff>
                     <xdr:row>61</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11288" r:id="rId18" name="Check Box 24">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>342900</xdr:colOff>
                     <xdr:row>58</xdr:row>
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>571500</xdr:colOff>
                     <xdr:row>61</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9D53A9D-5541-48E0-9DFE-1F303C2B4FC2}">
   <sheetPr codeName="Sheet12">
     <tabColor theme="8" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R192"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="D4" sqref="D4:H4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.5703125" style="38" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="16384" width="8.85546875" style="38"/>
+    <col min="1" max="1" width="3.54296875" style="38" customWidth="1"/>
+    <col min="2" max="2" width="8.54296875" style="38" customWidth="1"/>
+    <col min="3" max="3" width="8.81640625" style="38"/>
+    <col min="4" max="4" width="15.54296875" style="38" customWidth="1"/>
+    <col min="5" max="5" width="8.81640625" style="38"/>
+    <col min="6" max="6" width="6.81640625" style="38" customWidth="1"/>
+    <col min="7" max="7" width="5.81640625" style="38" customWidth="1"/>
+    <col min="8" max="8" width="11.54296875" style="38" customWidth="1"/>
+    <col min="9" max="9" width="2.453125" style="38" customWidth="1"/>
+    <col min="10" max="10" width="3.81640625" style="38" customWidth="1"/>
+    <col min="11" max="12" width="8.81640625" style="38"/>
+    <col min="13" max="13" width="6.81640625" style="38" customWidth="1"/>
+    <col min="14" max="14" width="9.81640625" style="38" customWidth="1"/>
+    <col min="15" max="15" width="26.26953125" style="38" customWidth="1"/>
+    <col min="16" max="16384" width="8.81640625" style="38"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="96" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:17" s="96" customFormat="1" ht="16" x14ac:dyDescent="0.35">
       <c r="A1" s="94" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B1" s="94"/>
       <c r="C1" s="94"/>
       <c r="D1" s="94"/>
       <c r="E1" s="94"/>
       <c r="F1" s="94"/>
       <c r="G1" s="94"/>
       <c r="H1" s="94"/>
       <c r="I1" s="94"/>
       <c r="J1" s="94"/>
       <c r="K1" s="94"/>
       <c r="L1" s="94"/>
       <c r="M1" s="95"/>
       <c r="N1" s="95"/>
       <c r="O1" s="95"/>
     </row>
-    <row r="2" spans="1:17" s="96" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:17" s="96" customFormat="1" ht="16" x14ac:dyDescent="0.35">
       <c r="A2" s="97" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B2" s="95"/>
       <c r="C2" s="95"/>
       <c r="D2" s="95"/>
       <c r="E2" s="95"/>
       <c r="F2" s="95"/>
       <c r="G2" s="95"/>
       <c r="H2" s="95"/>
       <c r="I2" s="95"/>
       <c r="J2" s="95"/>
       <c r="K2" s="95"/>
       <c r="L2" s="95"/>
       <c r="M2" s="95"/>
       <c r="N2" s="95"/>
       <c r="O2" s="95"/>
     </row>
-    <row r="3" spans="1:17" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="4" spans="1:17" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:17" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="4" spans="1:17" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A4" s="103"/>
       <c r="C4" s="104" t="s">
         <v>33</v>
       </c>
       <c r="D4" s="577">
         <f>'Cover Page'!D12</f>
         <v>0</v>
       </c>
       <c r="E4" s="577"/>
       <c r="F4" s="577"/>
       <c r="G4" s="577"/>
       <c r="H4" s="577"/>
       <c r="L4" s="104" t="s">
         <v>295</v>
       </c>
       <c r="M4" s="577">
         <f>'Cover Page'!D13</f>
         <v>0</v>
       </c>
       <c r="N4" s="577"/>
       <c r="O4" s="577"/>
     </row>
-    <row r="5" spans="1:17" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="6" spans="1:17" s="102" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:17" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="6" spans="1:17" s="102" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="100" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B6" s="101"/>
       <c r="C6" s="101"/>
       <c r="D6" s="101"/>
       <c r="E6" s="101"/>
       <c r="F6" s="101"/>
       <c r="G6" s="101"/>
       <c r="H6" s="101"/>
       <c r="I6" s="101"/>
       <c r="J6" s="101"/>
       <c r="K6" s="101"/>
       <c r="L6" s="101"/>
       <c r="M6" s="101"/>
       <c r="N6" s="101"/>
       <c r="O6" s="101"/>
     </row>
-    <row r="7" spans="1:17" s="89" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:17" s="89" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="582" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B7" s="582"/>
       <c r="C7" s="582"/>
       <c r="D7" s="582"/>
       <c r="E7" s="582"/>
       <c r="F7" s="582"/>
       <c r="G7" s="582"/>
       <c r="H7" s="582"/>
       <c r="I7" s="582"/>
       <c r="J7" s="582"/>
       <c r="K7" s="582"/>
       <c r="L7" s="582"/>
       <c r="M7" s="582"/>
       <c r="N7" s="582"/>
       <c r="O7" s="582"/>
       <c r="Q7" s="89" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:17" s="91" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.2">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" s="91" customFormat="1" ht="13.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="583" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B8" s="583"/>
       <c r="C8" s="583"/>
       <c r="D8" s="583"/>
       <c r="E8" s="583"/>
       <c r="F8" s="583"/>
       <c r="G8" s="583"/>
       <c r="H8" s="583"/>
       <c r="I8" s="583"/>
       <c r="J8" s="583"/>
       <c r="K8" s="583"/>
       <c r="L8" s="583"/>
       <c r="M8" s="583"/>
       <c r="N8" s="583"/>
       <c r="O8" s="583"/>
     </row>
-    <row r="9" spans="1:17" s="89" customFormat="1" ht="12.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:17" s="89" customFormat="1" ht="12.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="581" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B9" s="581"/>
       <c r="C9" s="581"/>
       <c r="D9" s="581"/>
       <c r="E9" s="581"/>
       <c r="F9" s="581"/>
       <c r="G9" s="581"/>
       <c r="H9" s="581"/>
       <c r="I9" s="581"/>
       <c r="J9" s="581"/>
       <c r="K9" s="581"/>
       <c r="L9" s="581"/>
       <c r="M9" s="581"/>
       <c r="N9" s="581"/>
       <c r="O9" s="581"/>
     </row>
-    <row r="10" spans="1:17" s="89" customFormat="1" ht="12.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:17" s="89" customFormat="1" ht="12.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B10" s="90"/>
     </row>
-    <row r="11" spans="1:17" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:17" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="105" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E11" s="106"/>
       <c r="J11" s="104" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="K11" s="99" t="e">
         <f>E13/E11</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="12" spans="1:17" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:17" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="105" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E12" s="106"/>
       <c r="J12" s="104" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="K12" s="99" t="e">
         <f>E12/E11</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="13" spans="1:17" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:17" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="105" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E13" s="106"/>
     </row>
-    <row r="14" spans="1:17" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:17" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A14" s="103"/>
     </row>
-    <row r="15" spans="1:17" s="102" customFormat="1" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:17" s="102" customFormat="1" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="100" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B15" s="101"/>
       <c r="C15" s="101"/>
       <c r="D15" s="101"/>
       <c r="E15" s="101"/>
       <c r="F15" s="101"/>
       <c r="G15" s="101"/>
       <c r="H15" s="101"/>
       <c r="I15" s="101"/>
       <c r="J15" s="101"/>
       <c r="K15" s="101"/>
       <c r="L15" s="101"/>
       <c r="M15" s="101"/>
       <c r="N15" s="101"/>
       <c r="O15" s="101"/>
     </row>
-    <row r="16" spans="1:17" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:17" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A16" s="107" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B16" s="107"/>
       <c r="C16" s="107"/>
       <c r="D16" s="107"/>
       <c r="E16" s="107"/>
       <c r="F16" s="107"/>
       <c r="G16" s="107"/>
       <c r="H16" s="107"/>
       <c r="I16" s="107"/>
       <c r="J16" s="107"/>
       <c r="K16" s="107"/>
       <c r="L16" s="107"/>
       <c r="M16" s="107"/>
       <c r="N16" s="107"/>
       <c r="O16" s="107"/>
     </row>
-    <row r="17" spans="1:18" s="93" customFormat="1" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="18" spans="1:18" s="93" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:18" s="93" customFormat="1" ht="8.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="18" spans="1:18" s="93" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="88"/>
       <c r="B18" s="578" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C18" s="578"/>
       <c r="D18" s="578"/>
       <c r="E18" s="578"/>
       <c r="F18" s="578"/>
       <c r="G18" s="578"/>
       <c r="H18" s="578"/>
-      <c r="I18" s="265"/>
+      <c r="I18" s="266"/>
       <c r="J18" s="108"/>
       <c r="K18" s="579" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="L18" s="579"/>
       <c r="M18" s="579"/>
       <c r="N18" s="579"/>
       <c r="O18" s="579"/>
       <c r="P18" s="90"/>
       <c r="Q18" s="90"/>
       <c r="R18" s="90"/>
     </row>
-    <row r="19" spans="1:18" s="93" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:18" s="93" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="98"/>
       <c r="B19" s="578" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C19" s="578"/>
       <c r="D19" s="578"/>
       <c r="E19" s="578"/>
       <c r="F19" s="578"/>
       <c r="G19" s="578"/>
       <c r="H19" s="578"/>
-      <c r="I19" s="265"/>
+      <c r="I19" s="266"/>
       <c r="J19" s="108"/>
       <c r="K19" s="578" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="L19" s="578"/>
       <c r="M19" s="578"/>
       <c r="N19" s="578"/>
       <c r="O19" s="578"/>
       <c r="P19" s="90"/>
       <c r="Q19" s="90"/>
       <c r="R19" s="90"/>
     </row>
-    <row r="20" spans="1:18" s="93" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:18" s="93" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="578" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C20" s="578"/>
       <c r="D20" s="578"/>
       <c r="E20" s="578"/>
       <c r="F20" s="578"/>
       <c r="G20" s="578"/>
       <c r="H20" s="578"/>
-      <c r="I20" s="265"/>
+      <c r="I20" s="266"/>
       <c r="J20" s="108"/>
       <c r="K20" s="579" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="L20" s="579"/>
       <c r="M20" s="579"/>
       <c r="N20" s="579"/>
       <c r="O20" s="579"/>
       <c r="P20" s="90"/>
       <c r="Q20" s="90"/>
       <c r="R20" s="90"/>
     </row>
-    <row r="21" spans="1:18" s="93" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:18" s="93" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="578" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C21" s="578"/>
       <c r="D21" s="578"/>
       <c r="E21" s="578"/>
       <c r="F21" s="578"/>
       <c r="G21" s="578"/>
       <c r="H21" s="578"/>
-      <c r="I21" s="265"/>
+      <c r="I21" s="266"/>
       <c r="J21" s="108"/>
       <c r="K21" s="90" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="L21" s="92"/>
       <c r="M21" s="92"/>
       <c r="N21" s="92"/>
       <c r="O21" s="92"/>
       <c r="P21" s="90"/>
       <c r="Q21" s="90"/>
       <c r="R21" s="90"/>
     </row>
-    <row r="22" spans="1:18" s="93" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:18" s="93" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="578" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C22" s="578"/>
       <c r="D22" s="578"/>
       <c r="E22" s="578"/>
       <c r="F22" s="578"/>
       <c r="G22" s="578"/>
       <c r="H22" s="578"/>
-      <c r="I22" s="265"/>
+      <c r="I22" s="266"/>
       <c r="J22" s="108"/>
       <c r="K22" s="578" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="L22" s="578"/>
       <c r="M22" s="578"/>
       <c r="N22" s="578"/>
       <c r="O22" s="578"/>
       <c r="P22" s="90"/>
       <c r="Q22" s="90"/>
       <c r="R22" s="90"/>
     </row>
-    <row r="23" spans="1:18" s="93" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:18" s="93" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="578" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C23" s="578"/>
       <c r="D23" s="578"/>
       <c r="E23" s="578"/>
       <c r="F23" s="578"/>
       <c r="G23" s="578"/>
       <c r="H23" s="578"/>
-      <c r="I23" s="265"/>
+      <c r="I23" s="266"/>
       <c r="J23" s="108"/>
       <c r="K23" s="578" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="L23" s="578"/>
       <c r="M23" s="578"/>
       <c r="N23" s="578"/>
       <c r="O23" s="578"/>
       <c r="P23" s="90"/>
       <c r="Q23" s="90"/>
       <c r="R23" s="90"/>
     </row>
-    <row r="24" spans="1:18" s="93" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:18" s="93" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="578" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C24" s="578"/>
       <c r="D24" s="578"/>
       <c r="E24" s="578"/>
       <c r="F24" s="578"/>
       <c r="G24" s="578"/>
       <c r="H24" s="578"/>
-      <c r="I24" s="265"/>
+      <c r="I24" s="266"/>
       <c r="J24" s="108"/>
       <c r="K24" s="578" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="L24" s="578"/>
       <c r="M24" s="578"/>
       <c r="N24" s="578"/>
       <c r="O24" s="578"/>
       <c r="P24" s="90"/>
       <c r="Q24" s="90"/>
       <c r="R24" s="90"/>
     </row>
-    <row r="25" spans="1:18" s="93" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:18" s="93" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B25" s="578" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C25" s="578"/>
       <c r="D25" s="578"/>
       <c r="E25" s="578"/>
       <c r="F25" s="578"/>
       <c r="G25" s="578"/>
       <c r="H25" s="578"/>
-      <c r="I25" s="265"/>
+      <c r="I25" s="266"/>
       <c r="J25" s="108"/>
       <c r="K25" s="578" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="L25" s="578"/>
       <c r="M25" s="578"/>
       <c r="N25" s="578"/>
       <c r="O25" s="578"/>
       <c r="P25" s="90"/>
       <c r="Q25" s="90"/>
       <c r="R25" s="90"/>
     </row>
-    <row r="26" spans="1:18" s="93" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:18" s="93" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B26" s="578" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C26" s="578"/>
       <c r="D26" s="578"/>
       <c r="E26" s="578"/>
       <c r="F26" s="578"/>
       <c r="G26" s="578"/>
       <c r="H26" s="578"/>
-      <c r="I26" s="265"/>
+      <c r="I26" s="266"/>
       <c r="J26" s="92"/>
       <c r="K26" s="90" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="L26" s="580"/>
       <c r="M26" s="580"/>
       <c r="N26" s="580"/>
       <c r="O26" s="580"/>
       <c r="P26" s="90"/>
       <c r="Q26" s="90"/>
       <c r="R26" s="90"/>
     </row>
-    <row r="27" spans="1:18" s="90" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:18" s="90" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="578" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C27" s="578"/>
       <c r="D27" s="578"/>
       <c r="E27" s="578"/>
       <c r="F27" s="578"/>
       <c r="G27" s="578"/>
       <c r="H27" s="578"/>
-      <c r="I27" s="265"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:18" s="90" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I27" s="266"/>
+      <c r="J27" s="267"/>
+    </row>
+    <row r="28" spans="1:18" s="90" customFormat="1" ht="28" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="578" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C28" s="578"/>
       <c r="D28" s="578"/>
       <c r="E28" s="578"/>
       <c r="F28" s="578"/>
       <c r="G28" s="578"/>
       <c r="H28" s="578"/>
-      <c r="I28" s="265"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:18" s="90" customFormat="1" ht="40.700000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="I28" s="266"/>
+      <c r="J28" s="267"/>
+    </row>
+    <row r="29" spans="1:18" s="90" customFormat="1" ht="40.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="578" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C29" s="578"/>
       <c r="D29" s="578"/>
       <c r="E29" s="578"/>
       <c r="F29" s="578"/>
       <c r="G29" s="578"/>
       <c r="H29" s="578"/>
-      <c r="I29" s="265"/>
+      <c r="I29" s="266"/>
       <c r="J29" s="92"/>
     </row>
-    <row r="30" spans="1:18" s="90" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...25 lines deleted...]
-    <row r="35" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:18" s="90" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="J30" s="267"/>
+    </row>
+    <row r="31" spans="1:18" s="90" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C31" s="267"/>
+      <c r="D31" s="267"/>
+      <c r="E31" s="267"/>
+      <c r="F31" s="267"/>
+      <c r="G31" s="267"/>
+      <c r="H31" s="267"/>
+      <c r="I31" s="267"/>
+      <c r="J31" s="267"/>
+    </row>
+    <row r="32" spans="1:18" s="90" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="267"/>
+      <c r="C32" s="267"/>
+      <c r="D32" s="267"/>
+      <c r="E32" s="267"/>
+      <c r="F32" s="267"/>
+      <c r="G32" s="267"/>
+      <c r="H32" s="267"/>
+      <c r="I32" s="267"/>
+      <c r="J32" s="267"/>
+    </row>
+    <row r="33" spans="11:18" s="90" customFormat="1" ht="13.5" x14ac:dyDescent="0.3"/>
+    <row r="34" spans="11:18" s="90" customFormat="1" ht="13.5" x14ac:dyDescent="0.3"/>
+    <row r="35" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K35" s="90"/>
       <c r="L35" s="90"/>
       <c r="M35" s="90"/>
       <c r="N35" s="90"/>
       <c r="O35" s="90"/>
       <c r="P35" s="90"/>
       <c r="Q35" s="90"/>
       <c r="R35" s="90"/>
     </row>
-    <row r="36" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="36" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K36" s="90"/>
       <c r="L36" s="90"/>
       <c r="M36" s="90"/>
       <c r="N36" s="90"/>
       <c r="O36" s="90"/>
       <c r="P36" s="90"/>
       <c r="Q36" s="90"/>
       <c r="R36" s="90"/>
     </row>
-    <row r="37" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="37" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K37" s="90"/>
       <c r="L37" s="90"/>
       <c r="M37" s="90"/>
       <c r="N37" s="90"/>
       <c r="O37" s="90"/>
       <c r="P37" s="90"/>
       <c r="Q37" s="90"/>
       <c r="R37" s="90"/>
     </row>
-    <row r="38" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="38" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K38" s="90"/>
       <c r="L38" s="90"/>
       <c r="M38" s="90"/>
       <c r="N38" s="90"/>
       <c r="O38" s="90"/>
       <c r="P38" s="90"/>
       <c r="Q38" s="90"/>
       <c r="R38" s="90"/>
     </row>
-    <row r="39" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="39" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K39" s="90"/>
       <c r="L39" s="90"/>
       <c r="M39" s="90"/>
       <c r="N39" s="90"/>
       <c r="O39" s="90"/>
       <c r="P39" s="90"/>
       <c r="Q39" s="90"/>
       <c r="R39" s="90"/>
     </row>
-    <row r="40" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="40" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K40" s="90"/>
       <c r="L40" s="90"/>
       <c r="M40" s="90"/>
       <c r="N40" s="90"/>
       <c r="O40" s="90"/>
       <c r="P40" s="90"/>
       <c r="Q40" s="90"/>
       <c r="R40" s="90"/>
     </row>
-    <row r="41" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="41" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K41" s="90"/>
       <c r="L41" s="90"/>
       <c r="M41" s="90"/>
       <c r="N41" s="90"/>
       <c r="O41" s="90"/>
       <c r="P41" s="90"/>
       <c r="Q41" s="90"/>
       <c r="R41" s="90"/>
     </row>
-    <row r="42" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="42" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K42" s="90"/>
       <c r="L42" s="90"/>
       <c r="M42" s="90"/>
       <c r="N42" s="90"/>
       <c r="O42" s="90"/>
       <c r="P42" s="90"/>
       <c r="Q42" s="90"/>
       <c r="R42" s="90"/>
     </row>
-    <row r="43" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="43" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K43" s="90"/>
       <c r="L43" s="90"/>
       <c r="M43" s="90"/>
       <c r="N43" s="90"/>
       <c r="O43" s="90"/>
       <c r="P43" s="90"/>
       <c r="Q43" s="90"/>
       <c r="R43" s="90"/>
     </row>
-    <row r="44" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="44" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K44" s="90"/>
       <c r="L44" s="90"/>
       <c r="M44" s="90"/>
       <c r="N44" s="90"/>
       <c r="O44" s="90"/>
       <c r="P44" s="90"/>
       <c r="Q44" s="90"/>
       <c r="R44" s="90"/>
     </row>
-    <row r="45" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="45" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K45" s="90"/>
       <c r="L45" s="90"/>
       <c r="M45" s="90"/>
       <c r="N45" s="90"/>
       <c r="O45" s="90"/>
       <c r="P45" s="90"/>
       <c r="Q45" s="90"/>
       <c r="R45" s="90"/>
     </row>
-    <row r="46" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="46" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K46" s="90"/>
       <c r="L46" s="90"/>
       <c r="M46" s="90"/>
       <c r="N46" s="90"/>
       <c r="O46" s="90"/>
       <c r="P46" s="90"/>
       <c r="Q46" s="90"/>
       <c r="R46" s="90"/>
     </row>
-    <row r="47" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="47" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K47" s="90"/>
       <c r="L47" s="90"/>
       <c r="M47" s="90"/>
       <c r="N47" s="90"/>
       <c r="O47" s="90"/>
       <c r="P47" s="90"/>
       <c r="Q47" s="90"/>
       <c r="R47" s="90"/>
     </row>
-    <row r="48" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="48" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K48" s="90"/>
       <c r="L48" s="90"/>
       <c r="M48" s="90"/>
       <c r="N48" s="90"/>
       <c r="O48" s="90"/>
       <c r="P48" s="90"/>
       <c r="Q48" s="90"/>
       <c r="R48" s="90"/>
     </row>
-    <row r="49" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="49" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K49" s="90"/>
       <c r="L49" s="90"/>
       <c r="M49" s="90"/>
       <c r="N49" s="90"/>
       <c r="O49" s="90"/>
       <c r="P49" s="90"/>
       <c r="Q49" s="90"/>
       <c r="R49" s="90"/>
     </row>
-    <row r="50" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="50" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K50" s="90"/>
       <c r="L50" s="90"/>
       <c r="M50" s="90"/>
       <c r="N50" s="90"/>
       <c r="O50" s="90"/>
       <c r="P50" s="90"/>
       <c r="Q50" s="90"/>
       <c r="R50" s="90"/>
     </row>
-    <row r="51" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="51" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K51" s="90"/>
       <c r="L51" s="90"/>
       <c r="M51" s="90"/>
       <c r="N51" s="90"/>
       <c r="O51" s="90"/>
       <c r="P51" s="90"/>
       <c r="Q51" s="90"/>
       <c r="R51" s="90"/>
     </row>
-    <row r="52" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="52" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K52" s="90"/>
       <c r="L52" s="90"/>
       <c r="M52" s="90"/>
       <c r="N52" s="90"/>
       <c r="O52" s="90"/>
       <c r="P52" s="90"/>
       <c r="Q52" s="90"/>
       <c r="R52" s="90"/>
     </row>
-    <row r="53" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="53" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K53" s="90"/>
       <c r="L53" s="90"/>
       <c r="M53" s="90"/>
       <c r="N53" s="90"/>
       <c r="O53" s="90"/>
       <c r="P53" s="90"/>
       <c r="Q53" s="90"/>
       <c r="R53" s="90"/>
     </row>
-    <row r="54" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="54" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K54" s="90"/>
       <c r="L54" s="90"/>
       <c r="M54" s="90"/>
       <c r="N54" s="90"/>
       <c r="O54" s="90"/>
       <c r="P54" s="90"/>
       <c r="Q54" s="90"/>
       <c r="R54" s="90"/>
     </row>
-    <row r="55" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="55" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K55" s="90"/>
       <c r="L55" s="90"/>
       <c r="M55" s="90"/>
       <c r="N55" s="90"/>
       <c r="O55" s="90"/>
       <c r="P55" s="90"/>
       <c r="Q55" s="90"/>
       <c r="R55" s="90"/>
     </row>
-    <row r="56" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="56" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K56" s="90"/>
       <c r="L56" s="90"/>
       <c r="M56" s="90"/>
       <c r="N56" s="90"/>
       <c r="O56" s="90"/>
       <c r="P56" s="90"/>
       <c r="Q56" s="90"/>
       <c r="R56" s="90"/>
     </row>
-    <row r="57" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="57" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K57" s="90"/>
       <c r="L57" s="90"/>
       <c r="M57" s="90"/>
       <c r="N57" s="90"/>
       <c r="O57" s="90"/>
       <c r="P57" s="90"/>
       <c r="Q57" s="90"/>
       <c r="R57" s="90"/>
     </row>
-    <row r="58" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="58" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K58" s="90"/>
       <c r="L58" s="90"/>
       <c r="M58" s="90"/>
       <c r="N58" s="90"/>
       <c r="O58" s="90"/>
       <c r="P58" s="90"/>
       <c r="Q58" s="90"/>
       <c r="R58" s="90"/>
     </row>
-    <row r="59" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="59" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K59" s="90"/>
       <c r="L59" s="90"/>
       <c r="M59" s="90"/>
       <c r="N59" s="90"/>
       <c r="O59" s="90"/>
       <c r="P59" s="90"/>
       <c r="Q59" s="90"/>
       <c r="R59" s="90"/>
     </row>
-    <row r="60" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="60" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K60" s="90"/>
       <c r="L60" s="90"/>
       <c r="M60" s="90"/>
       <c r="N60" s="90"/>
       <c r="O60" s="90"/>
       <c r="P60" s="90"/>
       <c r="Q60" s="90"/>
       <c r="R60" s="90"/>
     </row>
-    <row r="61" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="61" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K61" s="90"/>
       <c r="L61" s="90"/>
       <c r="M61" s="90"/>
       <c r="N61" s="90"/>
       <c r="O61" s="90"/>
       <c r="P61" s="90"/>
       <c r="Q61" s="90"/>
       <c r="R61" s="90"/>
     </row>
-    <row r="62" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="62" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K62" s="90"/>
       <c r="L62" s="90"/>
       <c r="M62" s="90"/>
       <c r="N62" s="90"/>
       <c r="O62" s="90"/>
       <c r="P62" s="90"/>
       <c r="Q62" s="90"/>
       <c r="R62" s="90"/>
     </row>
-    <row r="63" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="63" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K63" s="90"/>
       <c r="L63" s="90"/>
       <c r="M63" s="90"/>
       <c r="N63" s="90"/>
       <c r="O63" s="90"/>
       <c r="P63" s="90"/>
       <c r="Q63" s="90"/>
       <c r="R63" s="90"/>
     </row>
-    <row r="64" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="64" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K64" s="90"/>
       <c r="L64" s="90"/>
       <c r="M64" s="90"/>
       <c r="N64" s="90"/>
       <c r="O64" s="90"/>
       <c r="P64" s="90"/>
       <c r="Q64" s="90"/>
       <c r="R64" s="90"/>
     </row>
-    <row r="65" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="65" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K65" s="90"/>
       <c r="L65" s="90"/>
       <c r="M65" s="90"/>
       <c r="N65" s="90"/>
       <c r="O65" s="90"/>
       <c r="P65" s="90"/>
       <c r="Q65" s="90"/>
       <c r="R65" s="90"/>
     </row>
-    <row r="66" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="66" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K66" s="90"/>
       <c r="L66" s="90"/>
       <c r="M66" s="90"/>
       <c r="N66" s="90"/>
       <c r="O66" s="90"/>
       <c r="P66" s="90"/>
       <c r="Q66" s="90"/>
       <c r="R66" s="90"/>
     </row>
-    <row r="67" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="67" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K67" s="90"/>
       <c r="L67" s="90"/>
       <c r="M67" s="90"/>
       <c r="N67" s="90"/>
       <c r="O67" s="90"/>
       <c r="P67" s="90"/>
       <c r="Q67" s="90"/>
       <c r="R67" s="90"/>
     </row>
-    <row r="68" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="68" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K68" s="90"/>
       <c r="L68" s="90"/>
       <c r="M68" s="90"/>
       <c r="N68" s="90"/>
       <c r="O68" s="90"/>
       <c r="P68" s="90"/>
       <c r="Q68" s="90"/>
       <c r="R68" s="90"/>
     </row>
-    <row r="69" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="69" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K69" s="90"/>
       <c r="L69" s="90"/>
       <c r="M69" s="90"/>
       <c r="N69" s="90"/>
       <c r="O69" s="90"/>
       <c r="P69" s="90"/>
       <c r="Q69" s="90"/>
       <c r="R69" s="90"/>
     </row>
-    <row r="70" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="70" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K70" s="90"/>
       <c r="L70" s="90"/>
       <c r="M70" s="90"/>
       <c r="N70" s="90"/>
       <c r="O70" s="90"/>
       <c r="P70" s="90"/>
       <c r="Q70" s="90"/>
       <c r="R70" s="90"/>
     </row>
-    <row r="71" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="71" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K71" s="90"/>
       <c r="L71" s="90"/>
       <c r="M71" s="90"/>
       <c r="N71" s="90"/>
       <c r="O71" s="90"/>
       <c r="P71" s="90"/>
       <c r="Q71" s="90"/>
       <c r="R71" s="90"/>
     </row>
-    <row r="72" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="72" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K72" s="90"/>
       <c r="L72" s="90"/>
       <c r="M72" s="90"/>
       <c r="N72" s="90"/>
       <c r="O72" s="90"/>
       <c r="P72" s="90"/>
       <c r="Q72" s="90"/>
       <c r="R72" s="90"/>
     </row>
-    <row r="73" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="73" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K73" s="90"/>
       <c r="L73" s="90"/>
       <c r="M73" s="90"/>
       <c r="N73" s="90"/>
       <c r="O73" s="90"/>
       <c r="P73" s="90"/>
       <c r="Q73" s="90"/>
       <c r="R73" s="90"/>
     </row>
-    <row r="74" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="74" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K74" s="90"/>
       <c r="L74" s="90"/>
       <c r="M74" s="90"/>
       <c r="N74" s="90"/>
       <c r="O74" s="90"/>
       <c r="P74" s="90"/>
       <c r="Q74" s="90"/>
       <c r="R74" s="90"/>
     </row>
-    <row r="75" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="75" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K75" s="90"/>
       <c r="L75" s="90"/>
       <c r="M75" s="90"/>
       <c r="N75" s="90"/>
       <c r="O75" s="90"/>
       <c r="P75" s="90"/>
       <c r="Q75" s="90"/>
       <c r="R75" s="90"/>
     </row>
-    <row r="76" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="76" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K76" s="90"/>
       <c r="L76" s="90"/>
       <c r="M76" s="90"/>
       <c r="N76" s="90"/>
       <c r="O76" s="90"/>
       <c r="P76" s="90"/>
       <c r="Q76" s="90"/>
       <c r="R76" s="90"/>
     </row>
-    <row r="77" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="77" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K77" s="90"/>
       <c r="L77" s="90"/>
       <c r="M77" s="90"/>
       <c r="N77" s="90"/>
       <c r="O77" s="90"/>
       <c r="P77" s="90"/>
       <c r="Q77" s="90"/>
       <c r="R77" s="90"/>
     </row>
-    <row r="78" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="78" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K78" s="90"/>
       <c r="L78" s="90"/>
       <c r="M78" s="90"/>
       <c r="N78" s="90"/>
       <c r="O78" s="90"/>
       <c r="P78" s="90"/>
       <c r="Q78" s="90"/>
       <c r="R78" s="90"/>
     </row>
-    <row r="79" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="79" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K79" s="90"/>
       <c r="L79" s="90"/>
       <c r="M79" s="90"/>
       <c r="N79" s="90"/>
       <c r="O79" s="90"/>
       <c r="P79" s="90"/>
       <c r="Q79" s="90"/>
       <c r="R79" s="90"/>
     </row>
-    <row r="80" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="80" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K80" s="90"/>
       <c r="L80" s="90"/>
       <c r="M80" s="90"/>
       <c r="N80" s="90"/>
       <c r="O80" s="90"/>
       <c r="P80" s="90"/>
       <c r="Q80" s="90"/>
       <c r="R80" s="90"/>
     </row>
-    <row r="81" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="81" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K81" s="90"/>
       <c r="L81" s="90"/>
       <c r="M81" s="90"/>
       <c r="N81" s="90"/>
       <c r="O81" s="90"/>
       <c r="P81" s="90"/>
       <c r="Q81" s="90"/>
       <c r="R81" s="90"/>
     </row>
-    <row r="82" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="82" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K82" s="90"/>
       <c r="L82" s="90"/>
       <c r="M82" s="90"/>
       <c r="N82" s="90"/>
       <c r="O82" s="90"/>
       <c r="P82" s="90"/>
       <c r="Q82" s="90"/>
       <c r="R82" s="90"/>
     </row>
-    <row r="83" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="83" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K83" s="90"/>
       <c r="L83" s="90"/>
       <c r="M83" s="90"/>
       <c r="N83" s="90"/>
       <c r="O83" s="90"/>
       <c r="P83" s="90"/>
       <c r="Q83" s="90"/>
       <c r="R83" s="90"/>
     </row>
-    <row r="84" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="84" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K84" s="90"/>
       <c r="L84" s="90"/>
       <c r="M84" s="90"/>
       <c r="N84" s="90"/>
       <c r="O84" s="90"/>
       <c r="P84" s="90"/>
       <c r="Q84" s="90"/>
       <c r="R84" s="90"/>
     </row>
-    <row r="85" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="85" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K85" s="90"/>
       <c r="L85" s="90"/>
       <c r="M85" s="90"/>
       <c r="N85" s="90"/>
       <c r="O85" s="90"/>
       <c r="P85" s="90"/>
       <c r="Q85" s="90"/>
       <c r="R85" s="90"/>
     </row>
-    <row r="86" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="86" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K86" s="90"/>
       <c r="L86" s="90"/>
       <c r="M86" s="90"/>
       <c r="N86" s="90"/>
       <c r="O86" s="90"/>
       <c r="P86" s="90"/>
       <c r="Q86" s="90"/>
       <c r="R86" s="90"/>
     </row>
-    <row r="87" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="87" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K87" s="90"/>
       <c r="L87" s="90"/>
       <c r="M87" s="90"/>
       <c r="N87" s="90"/>
       <c r="O87" s="90"/>
       <c r="P87" s="90"/>
       <c r="Q87" s="90"/>
       <c r="R87" s="90"/>
     </row>
-    <row r="88" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="88" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K88" s="90"/>
       <c r="L88" s="90"/>
       <c r="M88" s="90"/>
       <c r="N88" s="90"/>
       <c r="O88" s="90"/>
       <c r="P88" s="90"/>
       <c r="Q88" s="90"/>
       <c r="R88" s="90"/>
     </row>
-    <row r="89" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="89" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K89" s="90"/>
       <c r="L89" s="90"/>
       <c r="M89" s="90"/>
       <c r="N89" s="90"/>
       <c r="O89" s="90"/>
       <c r="P89" s="90"/>
       <c r="Q89" s="90"/>
       <c r="R89" s="90"/>
     </row>
-    <row r="90" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="90" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K90" s="90"/>
       <c r="L90" s="90"/>
       <c r="M90" s="90"/>
       <c r="N90" s="90"/>
       <c r="O90" s="90"/>
       <c r="P90" s="90"/>
       <c r="Q90" s="90"/>
       <c r="R90" s="90"/>
     </row>
-    <row r="91" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="91" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K91" s="90"/>
       <c r="L91" s="90"/>
       <c r="M91" s="90"/>
       <c r="N91" s="90"/>
       <c r="O91" s="90"/>
       <c r="P91" s="90"/>
       <c r="Q91" s="90"/>
       <c r="R91" s="90"/>
     </row>
-    <row r="92" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="92" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K92" s="90"/>
       <c r="L92" s="90"/>
       <c r="M92" s="90"/>
       <c r="N92" s="90"/>
       <c r="O92" s="90"/>
       <c r="P92" s="90"/>
       <c r="Q92" s="90"/>
       <c r="R92" s="90"/>
     </row>
-    <row r="93" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="93" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35">
       <c r="K93" s="90"/>
       <c r="L93" s="90"/>
       <c r="M93" s="90"/>
       <c r="N93" s="90"/>
       <c r="O93" s="90"/>
       <c r="P93" s="90"/>
       <c r="Q93" s="90"/>
       <c r="R93" s="90"/>
     </row>
-    <row r="94" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-[...97 lines deleted...]
-    <row r="192" s="89" customFormat="1" ht="15.75" x14ac:dyDescent="0.25"/>
+    <row r="94" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="95" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="96" spans="11:18" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="97" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="98" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="99" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="100" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="101" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="102" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="103" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="104" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="105" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="106" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="107" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="108" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="109" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="110" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="111" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="112" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="113" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="114" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="115" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="116" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="117" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="118" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="119" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="120" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="121" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="122" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="123" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="124" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="125" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="126" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="127" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="128" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="129" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="130" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="131" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="132" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="133" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="134" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="135" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="136" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="137" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="138" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="139" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="140" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="141" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="142" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="143" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="144" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="145" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="146" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="147" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="148" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="149" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="150" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="151" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="152" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="153" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="154" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="155" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="156" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="157" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="158" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="159" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="160" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="161" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="162" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="163" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="164" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="165" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="166" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="167" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="168" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="169" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="170" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="171" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="172" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="173" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="174" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="175" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="176" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="177" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="178" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="179" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="180" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="181" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="182" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="183" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="184" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="185" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="186" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="187" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="188" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="189" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="190" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="191" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="192" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="25">
     <mergeCell ref="D4:H4"/>
     <mergeCell ref="B19:H19"/>
     <mergeCell ref="B18:H18"/>
     <mergeCell ref="B24:H24"/>
     <mergeCell ref="B23:H23"/>
     <mergeCell ref="B22:H22"/>
     <mergeCell ref="B21:H21"/>
     <mergeCell ref="B20:H20"/>
     <mergeCell ref="A9:O9"/>
     <mergeCell ref="A7:O7"/>
     <mergeCell ref="A8:O8"/>
     <mergeCell ref="M4:O4"/>
     <mergeCell ref="B29:H29"/>
     <mergeCell ref="B26:H26"/>
     <mergeCell ref="B25:H25"/>
     <mergeCell ref="K19:O19"/>
     <mergeCell ref="K18:O18"/>
     <mergeCell ref="K20:O20"/>
     <mergeCell ref="L26:O26"/>
     <mergeCell ref="K25:O25"/>
     <mergeCell ref="K23:O23"/>
     <mergeCell ref="B28:H28"/>
     <mergeCell ref="B27:H27"/>
     <mergeCell ref="K22:O22"/>
     <mergeCell ref="K24:O24"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.2" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="98" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>16</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5151" r:id="rId5" name="Check Box 31">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>16</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5152" r:id="rId6" name="Check Box 32">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>25</xdr:row>
                     <xdr:rowOff>247650</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5153" r:id="rId7" name="Check Box 33">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>23</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>279400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>24</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5154" r:id="rId8" name="Check Box 34">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>85725</xdr:colOff>
+                    <xdr:colOff>88900</xdr:colOff>
                     <xdr:row>22</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>279400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>23</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5155" r:id="rId9" name="Check Box 35">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>85725</xdr:colOff>
+                    <xdr:colOff>88900</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>266700</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5156" r:id="rId10" name="Check Box 36">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>257175</xdr:rowOff>
+                    <xdr:rowOff>260350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>295275</xdr:rowOff>
+                    <xdr:rowOff>298450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5157" r:id="rId11" name="Check Box 37">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>85725</xdr:colOff>
+                    <xdr:colOff>88900</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5158" r:id="rId12" name="Check Box 38">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>85725</xdr:colOff>
+                    <xdr:colOff>88900</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>279400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>20</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5159" r:id="rId13" name="Check Box 39">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>85725</xdr:colOff>
+                    <xdr:colOff>88900</xdr:colOff>
                     <xdr:row>17</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5160" r:id="rId14" name="Check Box 40">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>85725</xdr:rowOff>
+                    <xdr:rowOff>88900</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5161" r:id="rId15" name="Check Box 41">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>19</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>20</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5162" r:id="rId16" name="Check Box 42">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>23</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5163" r:id="rId17" name="Check Box 43">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>22</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>279400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>23</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5164" r:id="rId18" name="Check Box 44">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>23</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>279400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>24</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5165" r:id="rId19" name="Check Box 45">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>24</xdr:row>
-                    <xdr:rowOff>257175</xdr:rowOff>
+                    <xdr:rowOff>260350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>25</xdr:row>
-                    <xdr:rowOff>295275</xdr:rowOff>
+                    <xdr:rowOff>298450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5166" r:id="rId20" name="Check Box 46">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5167" r:id="rId21" name="Check Box 47">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>257175</xdr:rowOff>
+                    <xdr:rowOff>260350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>28</xdr:row>
-                    <xdr:rowOff>295275</xdr:rowOff>
+                    <xdr:rowOff>298450</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5168" r:id="rId22" name="Check Box 48">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>18</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>279400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5169" r:id="rId23" name="Check Box 49">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>20</xdr:row>
-                    <xdr:rowOff>276225</xdr:rowOff>
+                    <xdr:rowOff>279400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>21</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5170" r:id="rId24" name="Check Box 50">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>76200</xdr:colOff>
                     <xdr:row>25</xdr:row>
                     <xdr:rowOff>438150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B0634BD9-BA5A-4DFF-AA2A-5EA459049BC6}">
   <sheetPr codeName="Sheet13">
     <tabColor rgb="FFA50021"/>
   </sheetPr>
   <dimension ref="A1:L318"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C7" sqref="C7:F7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.5703125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="12" max="12" width="9.42578125" customWidth="1"/>
+    <col min="1" max="1" width="4.54296875" customWidth="1"/>
+    <col min="2" max="4" width="9.453125" customWidth="1"/>
+    <col min="5" max="5" width="5.1796875" customWidth="1"/>
+    <col min="6" max="8" width="9.453125" customWidth="1"/>
+    <col min="9" max="9" width="5.1796875" customWidth="1"/>
+    <col min="10" max="10" width="9.453125" customWidth="1"/>
+    <col min="11" max="11" width="17.81640625" customWidth="1"/>
+    <col min="12" max="12" width="9.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B1" s="164"/>
       <c r="C1" s="164"/>
       <c r="D1" s="164"/>
       <c r="E1" s="164"/>
       <c r="F1" s="164"/>
       <c r="G1" s="164"/>
       <c r="H1" s="164"/>
       <c r="I1" s="164"/>
       <c r="J1" s="164"/>
       <c r="K1" s="164"/>
       <c r="L1" s="164"/>
     </row>
-    <row r="2" spans="1:12" s="88" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.3">
       <c r="B2" s="164"/>
       <c r="C2" s="164"/>
       <c r="D2" s="164"/>
       <c r="E2" s="164"/>
-      <c r="F2" s="245" t="s">
+      <c r="F2" s="246" t="s">
         <v>79</v>
       </c>
       <c r="G2" s="164"/>
       <c r="H2" s="164"/>
       <c r="I2" s="164"/>
       <c r="J2" s="164"/>
       <c r="K2" s="164"/>
       <c r="L2" s="164"/>
     </row>
-    <row r="3" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="B3" s="164"/>
       <c r="C3" s="164"/>
       <c r="D3" s="164"/>
       <c r="E3" s="164"/>
       <c r="F3" s="189" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="G3" s="164"/>
       <c r="H3" s="164"/>
       <c r="I3" s="164"/>
       <c r="J3" s="164"/>
       <c r="K3" s="164"/>
       <c r="L3" s="164"/>
     </row>
-    <row r="4" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A4" s="165"/>
       <c r="B4" s="164"/>
       <c r="C4" s="164"/>
       <c r="D4" s="164"/>
       <c r="E4" s="164"/>
       <c r="F4" s="164"/>
       <c r="G4" s="164"/>
       <c r="H4" s="164"/>
       <c r="I4" s="164"/>
       <c r="J4" s="164"/>
       <c r="K4" s="164"/>
       <c r="L4" s="164"/>
     </row>
-    <row r="5" spans="1:12" s="88" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:12" s="88" customFormat="1" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A5" s="165"/>
       <c r="B5" s="164"/>
       <c r="C5" s="164"/>
       <c r="D5" s="164"/>
       <c r="E5" s="164"/>
       <c r="F5" s="164"/>
       <c r="G5" s="164"/>
       <c r="H5" s="164"/>
       <c r="I5" s="164"/>
       <c r="J5" s="164"/>
       <c r="K5" s="164"/>
       <c r="L5" s="164"/>
     </row>
-    <row r="6" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="7" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="7" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="A7" s="103"/>
       <c r="B7" s="104" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="589">
         <f>'Cover Page'!D12</f>
         <v>0</v>
       </c>
       <c r="D7" s="589"/>
       <c r="E7" s="589"/>
       <c r="F7" s="589"/>
       <c r="G7" s="168"/>
       <c r="I7" s="104" t="s">
         <v>295</v>
       </c>
       <c r="J7" s="577">
         <f>'Cover Page'!D13</f>
         <v>0</v>
       </c>
       <c r="K7" s="577"/>
     </row>
-    <row r="8" spans="1:12" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="9" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:12" s="93" customFormat="1" ht="15" x14ac:dyDescent="0.35"/>
+    <row r="9" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="171" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B9" s="569" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C9" s="553"/>
       <c r="D9" s="553"/>
       <c r="E9" s="553"/>
       <c r="F9" s="553"/>
       <c r="G9" s="553"/>
       <c r="H9" s="553"/>
       <c r="I9" s="553"/>
       <c r="J9" s="553"/>
       <c r="K9" s="553"/>
       <c r="L9" s="170"/>
     </row>
-    <row r="10" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="11" spans="1:12" s="88" customFormat="1" ht="48.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="11" spans="1:12" s="88" customFormat="1" ht="48.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B11" s="566"/>
       <c r="C11" s="567"/>
       <c r="D11" s="567"/>
       <c r="E11" s="567"/>
       <c r="F11" s="567"/>
       <c r="G11" s="567"/>
       <c r="H11" s="567"/>
       <c r="I11" s="567"/>
       <c r="J11" s="567"/>
       <c r="K11" s="568"/>
     </row>
-    <row r="12" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="13" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="171" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B13" s="553" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C13" s="553"/>
       <c r="D13" s="553"/>
       <c r="E13" s="553"/>
       <c r="F13" s="553"/>
       <c r="G13" s="553"/>
       <c r="H13" s="553"/>
       <c r="I13" s="553"/>
       <c r="J13" s="553"/>
       <c r="K13" s="553"/>
       <c r="L13" s="170"/>
     </row>
-    <row r="14" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>489</v>
+    <row r="14" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
+      <c r="C14" s="236" t="s">
+        <v>490</v>
       </c>
       <c r="E14" s="166" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G14" s="166" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J14" s="166" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="K14" s="169"/>
     </row>
-    <row r="15" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="16" spans="1:12" s="88" customFormat="1" ht="43.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="16" spans="1:12" s="88" customFormat="1" ht="43.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="171" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B16" s="553" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C16" s="553"/>
       <c r="D16" s="553"/>
       <c r="E16" s="553"/>
       <c r="F16" s="553"/>
       <c r="G16" s="553"/>
       <c r="H16" s="553"/>
       <c r="I16" s="553"/>
       <c r="J16" s="553"/>
       <c r="K16" s="553"/>
       <c r="L16" s="170"/>
     </row>
-    <row r="17" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="18" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="18" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B18" s="566"/>
       <c r="C18" s="567"/>
       <c r="D18" s="567"/>
       <c r="E18" s="567"/>
       <c r="F18" s="567"/>
       <c r="G18" s="567"/>
       <c r="H18" s="567"/>
       <c r="I18" s="567"/>
       <c r="J18" s="567"/>
       <c r="K18" s="568"/>
     </row>
-    <row r="19" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="20" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="20" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="171" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B20" s="553" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C20" s="553"/>
       <c r="D20" s="553"/>
       <c r="E20" s="553"/>
       <c r="F20" s="553"/>
       <c r="G20" s="553"/>
       <c r="H20" s="553"/>
       <c r="I20" s="553"/>
       <c r="J20" s="553"/>
       <c r="K20" s="553"/>
       <c r="L20" s="170"/>
     </row>
-    <row r="21" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="22" spans="1:12" s="88" customFormat="1" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="22" spans="1:12" s="88" customFormat="1" ht="30.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B22" s="585"/>
       <c r="C22" s="586"/>
       <c r="D22" s="587"/>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22"/>
       <c r="I22"/>
       <c r="J22"/>
       <c r="K22"/>
     </row>
-    <row r="23" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="24" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="24" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="171" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B24" s="553" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C24" s="553"/>
       <c r="D24" s="553"/>
       <c r="E24" s="553"/>
       <c r="F24" s="553"/>
       <c r="G24" s="553"/>
       <c r="H24" s="553"/>
       <c r="I24" s="553"/>
       <c r="J24" s="553"/>
       <c r="K24" s="553"/>
       <c r="L24" s="170"/>
     </row>
-    <row r="25" spans="1:12" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="26" spans="1:12" ht="31.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:12" ht="8.5" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="1:12" ht="31.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B26" s="588" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C26" s="588"/>
       <c r="D26" s="588"/>
       <c r="E26" s="588"/>
       <c r="F26" s="588"/>
       <c r="H26" s="588" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="I26" s="588"/>
       <c r="J26" s="588"/>
       <c r="K26" s="588"/>
     </row>
-    <row r="27" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B27" s="88" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H27" s="88" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B28" s="88" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H28" s="88" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B29" s="88" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="H29" s="88" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B30" s="88" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H30" s="88" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" s="88" customFormat="1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B31" s="88" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H31" s="88" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" s="88" customFormat="1" ht="7.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" s="88" customFormat="1" ht="7.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B32" s="274"/>
       <c r="C32" s="274"/>
       <c r="D32" s="274"/>
     </row>
-    <row r="33" spans="1:12" s="88" customFormat="1" ht="68.650000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:12" s="88" customFormat="1" ht="68.650000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B33" s="566"/>
       <c r="C33" s="567"/>
       <c r="D33" s="567"/>
       <c r="E33" s="567"/>
       <c r="F33" s="567"/>
       <c r="G33" s="567"/>
       <c r="H33" s="567"/>
       <c r="I33" s="568"/>
     </row>
-    <row r="34" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="35" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="35" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="171" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B35" s="569" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C35" s="553"/>
       <c r="D35" s="553"/>
       <c r="E35" s="553"/>
       <c r="F35" s="553"/>
       <c r="G35" s="553"/>
       <c r="H35" s="553"/>
       <c r="I35" s="553"/>
       <c r="J35" s="553"/>
       <c r="K35" s="553"/>
       <c r="L35" s="170"/>
     </row>
-    <row r="36" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="I36" s="88" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B37" s="570" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C37" s="570"/>
       <c r="D37" s="570"/>
       <c r="E37" s="570"/>
       <c r="F37" s="570"/>
       <c r="G37" s="570"/>
       <c r="H37" s="570"/>
       <c r="I37" s="570"/>
       <c r="J37" s="570"/>
-      <c r="K37" s="264" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="K37" s="265" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B38" s="571"/>
       <c r="C38" s="572"/>
       <c r="D38" s="572"/>
       <c r="E38" s="572"/>
       <c r="F38" s="572"/>
       <c r="G38" s="572"/>
       <c r="H38" s="572"/>
       <c r="I38" s="572"/>
       <c r="J38" s="573"/>
       <c r="K38" s="210"/>
     </row>
-    <row r="39" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B39" s="560"/>
       <c r="C39" s="561"/>
       <c r="D39" s="561"/>
       <c r="E39" s="561"/>
       <c r="F39" s="561"/>
       <c r="G39" s="561"/>
       <c r="H39" s="561"/>
       <c r="I39" s="561"/>
       <c r="J39" s="562"/>
     </row>
-    <row r="40" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B40" s="560"/>
       <c r="C40" s="561"/>
       <c r="D40" s="561"/>
       <c r="E40" s="561"/>
       <c r="F40" s="561"/>
       <c r="G40" s="561"/>
       <c r="H40" s="561"/>
       <c r="I40" s="561"/>
       <c r="J40" s="562"/>
       <c r="K40" s="210"/>
     </row>
-    <row r="41" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B41" s="560"/>
       <c r="C41" s="561"/>
       <c r="D41" s="561"/>
       <c r="E41" s="561"/>
       <c r="F41" s="561"/>
       <c r="G41" s="561"/>
       <c r="H41" s="561"/>
       <c r="I41" s="561"/>
       <c r="J41" s="562"/>
       <c r="K41" s="210"/>
     </row>
-    <row r="42" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3">
       <c r="B42" s="560"/>
       <c r="C42" s="561"/>
       <c r="D42" s="561"/>
       <c r="E42" s="561"/>
       <c r="F42" s="561"/>
       <c r="G42" s="561"/>
       <c r="H42" s="561"/>
       <c r="I42" s="561"/>
       <c r="J42" s="562"/>
       <c r="K42" s="210"/>
     </row>
-    <row r="43" spans="1:12" s="88" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:12" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B43" s="563"/>
       <c r="C43" s="564"/>
       <c r="D43" s="564"/>
       <c r="E43" s="564"/>
       <c r="F43" s="564"/>
       <c r="G43" s="564"/>
       <c r="H43" s="564"/>
       <c r="I43" s="564"/>
       <c r="J43" s="565"/>
       <c r="K43" s="211"/>
     </row>
-    <row r="44" spans="1:12" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
-    <row r="45" spans="1:12" s="88" customFormat="1" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:12" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="45" spans="1:12" s="88" customFormat="1" ht="45.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="171" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B45" s="553" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C45" s="553"/>
       <c r="D45" s="553"/>
       <c r="E45" s="553"/>
       <c r="F45" s="553"/>
       <c r="G45" s="553"/>
       <c r="H45" s="553"/>
       <c r="I45" s="553"/>
       <c r="J45" s="553"/>
       <c r="K45" s="553"/>
       <c r="L45" s="170"/>
     </row>
-    <row r="46" spans="1:12" s="88" customFormat="1" ht="16.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:12" s="88" customFormat="1" ht="16.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C46" s="103" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E46" s="166"/>
       <c r="G46" s="166"/>
       <c r="I46" s="166" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="J46" s="166" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="K46" s="172"/>
     </row>
-    <row r="47" spans="1:12" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:12" s="88" customFormat="1" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B47" s="173" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C47" s="103"/>
       <c r="E47" s="166"/>
       <c r="G47" s="166"/>
       <c r="I47" s="166"/>
       <c r="J47" s="166"/>
       <c r="K47" s="172"/>
     </row>
-    <row r="48" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="49" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="49" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B49" s="566"/>
       <c r="C49" s="567"/>
       <c r="D49" s="567"/>
       <c r="E49" s="567"/>
       <c r="F49" s="567"/>
       <c r="G49" s="567"/>
       <c r="H49" s="567"/>
       <c r="I49" s="567"/>
       <c r="J49" s="567"/>
       <c r="K49" s="568"/>
     </row>
-    <row r="50" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="51" spans="1:12" s="88" customFormat="1" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="51" spans="1:12" s="88" customFormat="1" ht="29.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="171" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B51" s="553" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C51" s="553"/>
       <c r="D51" s="553"/>
       <c r="E51" s="553"/>
       <c r="F51" s="553"/>
       <c r="G51" s="553"/>
       <c r="H51" s="553"/>
       <c r="I51" s="553"/>
       <c r="J51" s="553"/>
       <c r="K51" s="553"/>
       <c r="L51" s="170"/>
     </row>
-    <row r="52" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="53" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="53" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B53" s="566"/>
       <c r="C53" s="567"/>
       <c r="D53" s="567"/>
       <c r="E53" s="567"/>
       <c r="F53" s="567"/>
       <c r="G53" s="567"/>
       <c r="H53" s="567"/>
       <c r="I53" s="567"/>
       <c r="J53" s="567"/>
       <c r="K53" s="568"/>
     </row>
-    <row r="54" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="55" spans="1:12" s="88" customFormat="1" ht="18.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="55" spans="1:12" s="88" customFormat="1" ht="19" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="171" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B55" s="569" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C55" s="569"/>
       <c r="D55" s="569"/>
       <c r="E55" s="569"/>
       <c r="F55" s="569"/>
       <c r="G55" s="569"/>
       <c r="H55" s="569"/>
       <c r="I55" s="569"/>
       <c r="J55" s="569"/>
       <c r="K55" s="569"/>
       <c r="L55" s="170"/>
     </row>
-    <row r="56" spans="1:12" s="88" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:12" s="88" customFormat="1" ht="34.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C56" s="190" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D56" s="175" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E56" s="191"/>
       <c r="F56" s="584" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="G56" s="584"/>
       <c r="H56" s="584"/>
       <c r="I56" s="584"/>
       <c r="J56" s="584"/>
       <c r="K56" s="584"/>
     </row>
-    <row r="57" spans="1:12" s="88" customFormat="1" ht="63.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:12" s="88" customFormat="1" ht="63.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B57" s="566"/>
       <c r="C57" s="567"/>
       <c r="D57" s="567"/>
       <c r="E57" s="567"/>
       <c r="F57" s="567"/>
       <c r="G57" s="567"/>
       <c r="H57" s="567"/>
       <c r="I57" s="567"/>
       <c r="J57" s="567"/>
       <c r="K57" s="568"/>
     </row>
-    <row r="58" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="59" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="59" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="171" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B59" s="553" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C59" s="553"/>
       <c r="D59" s="553"/>
       <c r="E59" s="553"/>
       <c r="F59" s="553"/>
       <c r="G59" s="553"/>
       <c r="H59" s="553"/>
       <c r="I59" s="553"/>
       <c r="J59" s="553"/>
       <c r="K59" s="553"/>
       <c r="L59" s="170"/>
     </row>
-    <row r="60" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="61" spans="1:12" s="88" customFormat="1" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="61" spans="1:12" s="88" customFormat="1" ht="30.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B61" s="192"/>
       <c r="C61" s="193"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61"/>
       <c r="H61"/>
       <c r="I61"/>
       <c r="J61"/>
       <c r="K61"/>
     </row>
-    <row r="62" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="63" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:12" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="63" spans="1:12" s="88" customFormat="1" ht="31.15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="171" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B63" s="553" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C63" s="553"/>
       <c r="D63" s="553"/>
       <c r="E63" s="553"/>
       <c r="F63" s="553"/>
       <c r="G63" s="553"/>
       <c r="H63" s="553"/>
       <c r="I63" s="553"/>
       <c r="J63" s="553"/>
       <c r="K63" s="553"/>
       <c r="L63" s="170"/>
     </row>
-    <row r="64" spans="1:12" s="88" customFormat="1" ht="8.4499999999999993" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="65" spans="2:11" s="88" customFormat="1" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:12" s="88" customFormat="1" ht="8.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="65" spans="2:11" s="88" customFormat="1" ht="30.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B65" s="192"/>
       <c r="C65" s="193"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
       <c r="I65"/>
       <c r="J65"/>
       <c r="K65"/>
     </row>
-    <row r="66" spans="2:11" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-[...205 lines deleted...]
-    <row r="318" s="88" customFormat="1" ht="15" x14ac:dyDescent="0.25"/>
+    <row r="66" spans="2:11" s="88" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="67" spans="2:11" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="68" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="69" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="72" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="75" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="76" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="79" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="80" spans="2:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="81" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="82" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="83" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="85" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="86" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="87" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="90" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="91" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="92" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="93" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="94" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="95" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="97" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="98" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="99" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="100" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="101" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="102" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="103" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="104" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="106" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="107" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="108" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="112" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="113" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="114" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="115" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="116" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="117" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="118" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="119" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="120" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="121" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="122" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="123" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="124" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="125" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="126" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="127" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="128" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="129" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="130" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="131" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="132" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="133" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="134" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="135" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="136" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="137" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="138" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="139" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="140" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="141" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="142" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="143" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="144" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="145" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="146" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="147" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="148" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="149" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="150" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="151" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="152" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="153" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="154" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="155" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="156" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="157" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="158" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="159" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="160" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="161" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="162" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="163" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="164" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="165" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="166" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="167" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="168" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="169" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="170" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="171" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="172" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="173" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="174" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="175" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="176" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="177" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="178" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="179" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="180" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="181" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="182" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="183" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="184" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="185" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="186" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="187" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="188" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="189" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="190" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="191" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="192" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="193" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="194" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="195" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="196" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="197" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="198" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="199" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="200" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="201" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="202" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="203" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="204" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="205" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="206" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="207" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="208" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="209" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="210" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="211" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="212" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="213" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="214" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="215" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="216" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="217" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="218" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="219" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="220" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="221" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="222" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="223" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="224" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="225" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="226" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="227" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="228" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="229" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="230" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="231" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="232" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="233" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="234" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="235" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="236" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="237" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="238" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="239" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="240" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="241" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="242" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="243" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="244" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="245" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="246" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="247" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="248" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="249" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="250" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="251" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="252" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="253" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="254" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="255" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="256" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="257" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="258" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="259" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="260" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="261" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="262" ht="12.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="309" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="310" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="311" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="312" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="313" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="314" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="315" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="316" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="317" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
+    <row r="318" s="88" customFormat="1" ht="14" x14ac:dyDescent="0.3"/>
   </sheetData>
   <mergeCells count="31">
     <mergeCell ref="B16:K16"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="J7:K7"/>
     <mergeCell ref="B9:K9"/>
     <mergeCell ref="B11:K11"/>
     <mergeCell ref="B13:K13"/>
     <mergeCell ref="B18:K18"/>
     <mergeCell ref="B20:K20"/>
     <mergeCell ref="B22:D22"/>
     <mergeCell ref="B24:K24"/>
     <mergeCell ref="B26:F26"/>
     <mergeCell ref="H26:K26"/>
     <mergeCell ref="B49:K49"/>
     <mergeCell ref="B32:D32"/>
     <mergeCell ref="B33:I33"/>
     <mergeCell ref="B35:K35"/>
     <mergeCell ref="B37:J37"/>
     <mergeCell ref="B38:J38"/>
     <mergeCell ref="B39:J39"/>
     <mergeCell ref="B40:J40"/>
     <mergeCell ref="B41:J41"/>
     <mergeCell ref="B42:J42"/>
     <mergeCell ref="B43:J43"/>
@@ -21467,1142 +21449,1140 @@
     <mergeCell ref="B55:K55"/>
     <mergeCell ref="F56:K56"/>
     <mergeCell ref="B57:K57"/>
     <mergeCell ref="B59:K59"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.25" bottom="0" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="34" max="16383" man="1"/>
     <brk id="66" max="10" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14337" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>533400</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>104775</xdr:colOff>
+                    <xdr:colOff>107950</xdr:colOff>
                     <xdr:row>14</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14338" r:id="rId5" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>5</xdr:col>
-                    <xdr:colOff>619125</xdr:colOff>
+                    <xdr:colOff>622300</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>180975</xdr:colOff>
+                    <xdr:colOff>184150</xdr:colOff>
                     <xdr:row>14</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14339" r:id="rId6" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>371475</xdr:colOff>
+                    <xdr:colOff>374650</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>590550</xdr:colOff>
                     <xdr:row>14</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14340" r:id="rId7" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>447675</xdr:colOff>
+                    <xdr:colOff>450850</xdr:colOff>
                     <xdr:row>12</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>14</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14341" r:id="rId8" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>638175</xdr:colOff>
+                    <xdr:colOff>641350</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>504825</xdr:rowOff>
+                    <xdr:rowOff>508000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
-                    <xdr:colOff>200025</xdr:colOff>
+                    <xdr:colOff>203200</xdr:colOff>
                     <xdr:row>46</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14342" r:id="rId9" name="Check Box 6">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>342900</xdr:colOff>
                     <xdr:row>44</xdr:row>
-                    <xdr:rowOff>504825</xdr:rowOff>
+                    <xdr:rowOff>508000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
                     <xdr:row>46</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14343" r:id="rId10" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>638175</xdr:colOff>
+                    <xdr:colOff>641350</xdr:colOff>
                     <xdr:row>54</xdr:row>
-                    <xdr:rowOff>161925</xdr:rowOff>
+                    <xdr:rowOff>165100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>200025</xdr:colOff>
+                    <xdr:colOff>203200</xdr:colOff>
                     <xdr:row>55</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14344" r:id="rId11" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>342900</xdr:colOff>
                     <xdr:row>54</xdr:row>
                     <xdr:rowOff>152400</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>571500</xdr:colOff>
                     <xdr:row>55</xdr:row>
                     <xdr:rowOff>304800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14345" r:id="rId12" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>476250</xdr:colOff>
                     <xdr:row>24</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>25</xdr:row>
-                    <xdr:rowOff>333375</xdr:rowOff>
+                    <xdr:rowOff>336550</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14346" r:id="rId13" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>476250</xdr:colOff>
                     <xdr:row>25</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14347" r:id="rId14" name="Check Box 11">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>476250</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>28</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14348" r:id="rId15" name="Check Box 12">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>476250</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
-                    <xdr:colOff>47625</xdr:colOff>
+                    <xdr:colOff>50800</xdr:colOff>
                     <xdr:row>29</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14349" r:id="rId16" name="Check Box 13">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>466725</xdr:colOff>
+                    <xdr:colOff>469900</xdr:colOff>
                     <xdr:row>28</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>30</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14350" r:id="rId17" name="Check Box 14">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>466725</xdr:colOff>
+                    <xdr:colOff>469900</xdr:colOff>
                     <xdr:row>29</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>7</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14351" r:id="rId18" name="Check Box 15">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>123825</xdr:colOff>
+                    <xdr:colOff>127000</xdr:colOff>
                     <xdr:row>24</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>28575</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>25</xdr:row>
                     <xdr:rowOff>323850</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14352" r:id="rId19" name="Check Box 16">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>25</xdr:row>
-                    <xdr:rowOff>314325</xdr:rowOff>
+                    <xdr:rowOff>317500</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14353" r:id="rId20" name="Check Box 17">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>123825</xdr:colOff>
+                    <xdr:colOff>127000</xdr:colOff>
                     <xdr:row>26</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>28575</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>28</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14354" r:id="rId21" name="Check Box 18">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>123825</xdr:colOff>
+                    <xdr:colOff>127000</xdr:colOff>
                     <xdr:row>27</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>28575</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>29</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14355" r:id="rId22" name="Check Box 19">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
-                    <xdr:colOff>123825</xdr:colOff>
+                    <xdr:colOff>127000</xdr:colOff>
                     <xdr:row>28</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
-                    <xdr:colOff>28575</xdr:colOff>
+                    <xdr:colOff>31750</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>114300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="14356" r:id="rId23" name="Check Box 20">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>29</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD981144-B7C7-47F3-8F7D-658B9B495172}">
   <sheetPr codeName="Sheet2">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A40" zoomScaleNormal="100" zoomScaleSheetLayoutView="58" zoomScalePageLayoutView="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="58" zoomScalePageLayoutView="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="11" max="11" width="10.85546875" customWidth="1"/>
+    <col min="11" max="11" width="10.81640625" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.45" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
-  <pageSetup fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="85" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC2FEE33-FD10-418D-BB92-78F3098B7C27}">
   <sheetPr>
     <tabColor rgb="FF00FF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M42"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A24" zoomScale="89" zoomScaleNormal="100" zoomScalePageLayoutView="89" workbookViewId="0">
-      <selection activeCell="D13" sqref="D13:E13"/>
+    <sheetView view="pageLayout" zoomScale="89" zoomScaleNormal="100" zoomScalePageLayoutView="89" workbookViewId="0">
+      <selection activeCell="C6" sqref="C6:G6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.85546875" style="38"/>
-[...3 lines deleted...]
-    <col min="14" max="16384" width="8.85546875" style="38"/>
+    <col min="1" max="1" width="8.81640625" style="38"/>
+    <col min="2" max="2" width="22.453125" style="38" customWidth="1"/>
+    <col min="3" max="12" width="8.81640625" style="38"/>
+    <col min="13" max="13" width="24.26953125" style="38" customWidth="1"/>
+    <col min="14" max="16384" width="8.81640625" style="38"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:13" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="328" t="s">
         <v>32</v>
       </c>
       <c r="B1" s="328"/>
       <c r="C1" s="328"/>
       <c r="D1" s="328"/>
       <c r="E1" s="328"/>
       <c r="F1" s="328"/>
       <c r="G1" s="328"/>
       <c r="H1" s="328"/>
       <c r="I1" s="328"/>
       <c r="J1" s="328"/>
       <c r="K1" s="328"/>
       <c r="L1" s="328"/>
       <c r="M1" s="328"/>
     </row>
-    <row r="2" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:13" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="328"/>
       <c r="B2" s="328"/>
       <c r="C2" s="328"/>
       <c r="D2" s="328"/>
       <c r="E2" s="328"/>
       <c r="F2" s="328"/>
       <c r="G2" s="328"/>
       <c r="H2" s="328"/>
       <c r="I2" s="328"/>
       <c r="J2" s="328"/>
       <c r="K2" s="328"/>
       <c r="L2" s="328"/>
       <c r="M2" s="328"/>
     </row>
-    <row r="3" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:13" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="328"/>
       <c r="B3" s="328"/>
       <c r="C3" s="328"/>
       <c r="D3" s="328"/>
       <c r="E3" s="328"/>
       <c r="F3" s="328"/>
       <c r="G3" s="328"/>
       <c r="H3" s="328"/>
       <c r="I3" s="328"/>
       <c r="J3" s="328"/>
       <c r="K3" s="328"/>
       <c r="L3" s="328"/>
       <c r="M3" s="328"/>
     </row>
-    <row r="4" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:13" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="328"/>
       <c r="B4" s="328"/>
       <c r="C4" s="328"/>
       <c r="D4" s="328"/>
       <c r="E4" s="328"/>
       <c r="F4" s="328"/>
       <c r="G4" s="328"/>
       <c r="H4" s="328"/>
       <c r="I4" s="328"/>
       <c r="J4" s="328"/>
       <c r="K4" s="328"/>
       <c r="L4" s="328"/>
       <c r="M4" s="328"/>
     </row>
-    <row r="5" spans="1:13" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:13" ht="15" x14ac:dyDescent="0.3">
       <c r="A5" s="162"/>
       <c r="B5" s="163"/>
       <c r="C5" s="163"/>
       <c r="D5" s="163"/>
       <c r="E5" s="163"/>
       <c r="F5" s="163"/>
       <c r="G5" s="163"/>
       <c r="H5" s="163"/>
       <c r="I5" s="163"/>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B6" s="185" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="329">
         <f>'Cover Page'!D12</f>
         <v>0</v>
       </c>
       <c r="D6" s="329"/>
       <c r="E6" s="329"/>
       <c r="F6" s="329"/>
       <c r="G6" s="329"/>
       <c r="J6" s="185" t="s">
         <v>34</v>
       </c>
       <c r="K6" s="330">
         <f>'Cover Page'!D13</f>
         <v>0</v>
       </c>
       <c r="L6" s="330"/>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B8" s="331" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="331"/>
       <c r="D8" s="331"/>
       <c r="E8" s="331"/>
       <c r="F8" s="331"/>
       <c r="G8" s="331"/>
       <c r="H8" s="331"/>
       <c r="I8" s="332"/>
       <c r="J8" s="332"/>
       <c r="K8" s="332"/>
       <c r="L8" s="332"/>
       <c r="M8" s="332"/>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="B9" s="240"/>
+      <c r="C9" s="240"/>
+      <c r="D9" s="240"/>
+      <c r="E9" s="240"/>
+      <c r="F9" s="240"/>
+      <c r="G9" s="240"/>
+      <c r="H9" s="240"/>
+      <c r="I9" s="241"/>
+      <c r="J9" s="241"/>
+      <c r="K9" s="241"/>
+      <c r="L9" s="241"/>
+      <c r="M9" s="241"/>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B11" s="84" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="85"/>
       <c r="D11" s="86" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="337" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="338"/>
       <c r="H11" s="338"/>
       <c r="I11" s="338"/>
       <c r="J11" s="338"/>
       <c r="K11" s="338"/>
       <c r="L11" s="338"/>
       <c r="M11" s="338"/>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B12" s="71" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="8"/>
       <c r="D12" s="87"/>
       <c r="F12" s="338"/>
       <c r="G12" s="338"/>
       <c r="H12" s="338"/>
       <c r="I12" s="338"/>
       <c r="J12" s="338"/>
       <c r="K12" s="338"/>
       <c r="L12" s="338"/>
       <c r="M12" s="338"/>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B13" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="C13" s="244"/>
+      <c r="C13" s="243"/>
       <c r="D13" s="86"/>
       <c r="F13" s="338"/>
       <c r="G13" s="338"/>
       <c r="H13" s="338"/>
       <c r="I13" s="338"/>
       <c r="J13" s="338"/>
       <c r="K13" s="338"/>
       <c r="L13" s="338"/>
       <c r="M13" s="338"/>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B14" s="54" t="s">
         <v>41</v>
       </c>
-      <c r="C14" s="244"/>
+      <c r="C14" s="243"/>
       <c r="D14" s="86"/>
       <c r="F14" s="333" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="334"/>
       <c r="H14" s="334"/>
       <c r="I14" s="334"/>
       <c r="J14" s="334"/>
       <c r="K14" s="334"/>
       <c r="L14" s="334"/>
       <c r="M14" s="335"/>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B15" s="54" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="244"/>
+      <c r="C15" s="243"/>
       <c r="D15" s="86"/>
-      <c r="F15" s="243"/>
-[...1 lines deleted...]
-      <c r="H15" s="244"/>
+      <c r="F15" s="242"/>
+      <c r="G15" s="243"/>
+      <c r="H15" s="243"/>
       <c r="I15" s="336"/>
       <c r="J15" s="336"/>
-      <c r="K15" s="244"/>
+      <c r="K15" s="243"/>
       <c r="L15" s="301" t="s">
         <v>44</v>
       </c>
       <c r="M15" s="302"/>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.3">
       <c r="B16" s="54" t="s">
         <v>45</v>
       </c>
-      <c r="C16" s="244"/>
+      <c r="C16" s="243"/>
       <c r="D16" s="86"/>
       <c r="F16" s="339" t="s">
         <v>46</v>
       </c>
       <c r="G16" s="340"/>
       <c r="H16" s="340"/>
       <c r="I16" s="321"/>
       <c r="J16" s="321"/>
       <c r="K16" s="322"/>
       <c r="L16" s="323"/>
       <c r="M16" s="323"/>
     </row>
-    <row r="17" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B17" s="54" t="s">
         <v>47</v>
       </c>
-      <c r="C17" s="244"/>
+      <c r="C17" s="243"/>
       <c r="D17" s="86"/>
       <c r="F17" s="340"/>
       <c r="G17" s="340"/>
       <c r="H17" s="340"/>
       <c r="I17" s="321"/>
       <c r="J17" s="321"/>
       <c r="K17" s="322"/>
       <c r="L17" s="323"/>
       <c r="M17" s="323"/>
     </row>
-    <row r="18" spans="2:13" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:13" ht="13" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B18" s="54" t="s">
         <v>48</v>
       </c>
-      <c r="C18" s="244"/>
+      <c r="C18" s="243"/>
       <c r="D18" s="86"/>
       <c r="F18" s="339" t="s">
         <v>49</v>
       </c>
       <c r="G18" s="340"/>
       <c r="H18" s="340"/>
       <c r="I18" s="341"/>
       <c r="J18" s="321"/>
       <c r="K18" s="322"/>
       <c r="L18" s="323"/>
       <c r="M18" s="323"/>
     </row>
-    <row r="19" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B19" s="54" t="s">
         <v>50</v>
       </c>
-      <c r="C19" s="244"/>
+      <c r="C19" s="243"/>
       <c r="D19" s="86"/>
       <c r="F19" s="340"/>
       <c r="G19" s="340"/>
       <c r="H19" s="340"/>
       <c r="I19" s="321"/>
       <c r="J19" s="321"/>
       <c r="K19" s="322"/>
       <c r="L19" s="323"/>
       <c r="M19" s="323"/>
     </row>
-    <row r="20" spans="2:13" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:13" ht="13.5" x14ac:dyDescent="0.35">
       <c r="B20" s="54" t="s">
         <v>51</v>
       </c>
-      <c r="C20" s="244"/>
+      <c r="C20" s="243"/>
       <c r="D20" s="86"/>
       <c r="I20" s="208" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="21" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B21" s="54" t="s">
         <v>53</v>
       </c>
-      <c r="C21" s="244"/>
+      <c r="C21" s="243"/>
       <c r="D21" s="86"/>
-      <c r="F21" s="242"/>
-[...1 lines deleted...]
-      <c r="H21" s="242"/>
+      <c r="F21" s="241"/>
+      <c r="G21" s="241"/>
+      <c r="H21" s="241"/>
       <c r="I21" s="224"/>
       <c r="J21" s="224"/>
       <c r="K21" s="225"/>
-      <c r="L21" s="242"/>
-[...2 lines deleted...]
-    <row r="22" spans="2:13" x14ac:dyDescent="0.2">
+      <c r="L21" s="241"/>
+      <c r="M21" s="241"/>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B22" s="54" t="s">
         <v>54</v>
       </c>
-      <c r="C22" s="244"/>
+      <c r="C22" s="243"/>
       <c r="D22" s="86"/>
       <c r="F22" s="226"/>
-      <c r="G22" s="242"/>
-      <c r="H22" s="242"/>
+      <c r="G22" s="241"/>
+      <c r="H22" s="241"/>
       <c r="I22" s="227"/>
       <c r="J22" s="224"/>
       <c r="K22" s="225"/>
-      <c r="L22" s="242"/>
-[...2 lines deleted...]
-    <row r="23" spans="2:13" x14ac:dyDescent="0.2">
+      <c r="L22" s="241"/>
+      <c r="M22" s="241"/>
+    </row>
+    <row r="23" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B23" s="54" t="s">
         <v>55</v>
       </c>
-      <c r="C23" s="244"/>
+      <c r="C23" s="243"/>
       <c r="D23" s="86"/>
       <c r="F23" s="325" t="s">
         <v>56</v>
       </c>
       <c r="G23" s="313"/>
       <c r="H23" s="313"/>
       <c r="I23" s="313"/>
       <c r="J23" s="313"/>
       <c r="K23" s="313"/>
       <c r="L23" s="326"/>
       <c r="M23" s="327"/>
     </row>
-    <row r="24" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B24" s="54" t="s">
         <v>57</v>
       </c>
-      <c r="C24" s="244"/>
+      <c r="C24" s="243"/>
       <c r="D24" s="86"/>
-      <c r="F24" s="240"/>
-[...1 lines deleted...]
-      <c r="H24" s="238"/>
+      <c r="F24" s="238"/>
+      <c r="G24" s="239"/>
+      <c r="H24" s="239"/>
       <c r="I24" s="313"/>
       <c r="J24" s="313"/>
-      <c r="K24" s="238"/>
+      <c r="K24" s="239"/>
       <c r="L24" s="314" t="s">
         <v>44</v>
       </c>
       <c r="M24" s="314"/>
     </row>
-    <row r="25" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B25" s="54" t="s">
         <v>58</v>
       </c>
-      <c r="C25" s="244"/>
+      <c r="C25" s="243"/>
       <c r="D25" s="86"/>
       <c r="F25" s="315" t="s">
         <v>46</v>
       </c>
       <c r="G25" s="316"/>
       <c r="H25" s="317"/>
       <c r="I25" s="321"/>
       <c r="J25" s="321"/>
       <c r="K25" s="322"/>
       <c r="L25" s="323"/>
       <c r="M25" s="323"/>
     </row>
-    <row r="26" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B26" s="54" t="s">
         <v>59</v>
       </c>
-      <c r="C26" s="244"/>
+      <c r="C26" s="243"/>
       <c r="D26" s="86"/>
       <c r="F26" s="318"/>
       <c r="G26" s="319"/>
       <c r="H26" s="320"/>
       <c r="I26" s="321"/>
       <c r="J26" s="321"/>
       <c r="K26" s="322"/>
       <c r="L26" s="323"/>
       <c r="M26" s="323"/>
     </row>
-    <row r="27" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B27" s="54" t="s">
         <v>60</v>
       </c>
-      <c r="C27" s="244"/>
+      <c r="C27" s="243"/>
       <c r="D27" s="86"/>
       <c r="F27" s="315" t="s">
         <v>49</v>
       </c>
       <c r="G27" s="316"/>
       <c r="H27" s="317"/>
       <c r="I27" s="321"/>
       <c r="J27" s="321"/>
       <c r="K27" s="322"/>
       <c r="L27" s="323"/>
       <c r="M27" s="323"/>
     </row>
-    <row r="28" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B28" s="54" t="s">
         <v>61</v>
       </c>
-      <c r="C28" s="244"/>
+      <c r="C28" s="243"/>
       <c r="D28" s="86"/>
       <c r="F28" s="318"/>
       <c r="G28" s="319"/>
       <c r="H28" s="320"/>
       <c r="I28" s="321"/>
       <c r="J28" s="321"/>
       <c r="K28" s="322"/>
       <c r="L28" s="323"/>
       <c r="M28" s="323"/>
     </row>
-    <row r="29" spans="2:13" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="29" spans="2:13" ht="13.5" x14ac:dyDescent="0.35">
       <c r="B29" s="54" t="s">
         <v>62</v>
       </c>
-      <c r="C29" s="244"/>
+      <c r="C29" s="243"/>
       <c r="D29" s="86"/>
       <c r="I29" s="208" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="30" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B30" s="54" t="s">
         <v>63</v>
       </c>
-      <c r="C30" s="244"/>
+      <c r="C30" s="243"/>
       <c r="D30" s="86"/>
       <c r="F30" s="226"/>
       <c r="G30" s="226"/>
       <c r="H30" s="226"/>
       <c r="I30" s="224"/>
       <c r="J30" s="224"/>
       <c r="K30" s="225"/>
-      <c r="L30" s="242"/>
-[...2 lines deleted...]
-    <row r="31" spans="2:13" x14ac:dyDescent="0.2">
+      <c r="L30" s="241"/>
+      <c r="M30" s="241"/>
+    </row>
+    <row r="31" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B31" s="54" t="s">
         <v>64</v>
       </c>
-      <c r="C31" s="244"/>
+      <c r="C31" s="243"/>
       <c r="D31" s="86"/>
       <c r="F31" s="294" t="s">
         <v>65</v>
       </c>
       <c r="G31" s="295"/>
       <c r="H31" s="295"/>
       <c r="I31" s="295"/>
       <c r="J31" s="295"/>
       <c r="K31" s="295"/>
       <c r="L31" s="295"/>
       <c r="M31" s="296"/>
     </row>
-    <row r="32" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B32" s="54" t="s">
         <v>66</v>
       </c>
-      <c r="C32" s="244"/>
+      <c r="C32" s="243"/>
       <c r="D32" s="86"/>
-      <c r="F32" s="240"/>
-[...1 lines deleted...]
-      <c r="H32" s="238"/>
+      <c r="F32" s="238"/>
+      <c r="G32" s="239"/>
+      <c r="H32" s="239"/>
       <c r="I32" s="300"/>
       <c r="J32" s="300"/>
-      <c r="K32" s="238"/>
+      <c r="K32" s="239"/>
       <c r="L32" s="301" t="s">
         <v>44</v>
       </c>
       <c r="M32" s="302"/>
     </row>
-    <row r="33" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="33" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B33" s="54" t="s">
         <v>67</v>
       </c>
-      <c r="C33" s="244"/>
+      <c r="C33" s="243"/>
       <c r="D33" s="86"/>
       <c r="F33" s="312" t="s">
         <v>68</v>
       </c>
       <c r="G33" s="312"/>
       <c r="H33" s="312"/>
       <c r="I33" s="303" t="s">
         <v>69</v>
       </c>
       <c r="J33" s="304"/>
       <c r="K33" s="305"/>
       <c r="L33" s="293"/>
       <c r="M33" s="293"/>
     </row>
-    <row r="34" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="34" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B34" s="54" t="s">
         <v>70</v>
       </c>
-      <c r="C34" s="244"/>
+      <c r="C34" s="243"/>
       <c r="D34" s="86"/>
       <c r="F34" s="312"/>
       <c r="G34" s="312"/>
       <c r="H34" s="312"/>
       <c r="I34" s="306"/>
       <c r="J34" s="307"/>
       <c r="K34" s="308"/>
       <c r="L34" s="293"/>
       <c r="M34" s="293"/>
     </row>
-    <row r="35" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="35" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B35" s="54" t="s">
         <v>71</v>
       </c>
-      <c r="C35" s="244"/>
+      <c r="C35" s="243"/>
       <c r="D35" s="86"/>
       <c r="F35" s="312"/>
       <c r="G35" s="312"/>
       <c r="H35" s="312"/>
       <c r="I35" s="309"/>
       <c r="J35" s="310"/>
       <c r="K35" s="311"/>
       <c r="L35" s="293"/>
       <c r="M35" s="293"/>
     </row>
-    <row r="36" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="36" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B36" s="54" t="s">
         <v>72</v>
       </c>
-      <c r="C36" s="244"/>
+      <c r="C36" s="243"/>
       <c r="D36" s="86"/>
       <c r="F36" s="228"/>
-      <c r="G36" s="239"/>
-      <c r="H36" s="239"/>
+      <c r="G36" s="245"/>
+      <c r="H36" s="245"/>
       <c r="I36" s="313"/>
       <c r="J36" s="313"/>
-      <c r="K36" s="238"/>
+      <c r="K36" s="239"/>
       <c r="L36" s="324"/>
       <c r="M36" s="324"/>
     </row>
-    <row r="37" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B37" s="54" t="s">
         <v>73</v>
       </c>
-      <c r="C37" s="244"/>
+      <c r="C37" s="243"/>
       <c r="D37" s="86"/>
-      <c r="F37" s="237"/>
-[...8 lines deleted...]
-    <row r="38" spans="2:13" x14ac:dyDescent="0.2">
+      <c r="F37" s="244"/>
+      <c r="G37" s="244"/>
+      <c r="H37" s="244"/>
+      <c r="I37" s="244"/>
+      <c r="J37" s="244"/>
+      <c r="K37" s="244"/>
+      <c r="L37" s="244"/>
+      <c r="M37" s="244"/>
+    </row>
+    <row r="38" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B38" s="54" t="s">
         <v>74</v>
       </c>
-      <c r="C38" s="244"/>
+      <c r="C38" s="243"/>
       <c r="D38" s="86"/>
       <c r="F38" s="297" t="s">
         <v>75</v>
       </c>
       <c r="G38" s="298"/>
       <c r="H38" s="298"/>
       <c r="I38" s="298"/>
       <c r="J38" s="298"/>
       <c r="K38" s="298"/>
       <c r="L38" s="298"/>
       <c r="M38" s="299"/>
     </row>
-    <row r="39" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="39" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B39" s="54" t="s">
         <v>76</v>
       </c>
-      <c r="C39" s="244"/>
+      <c r="C39" s="243"/>
       <c r="D39" s="86"/>
-      <c r="F39" s="240"/>
-[...1 lines deleted...]
-      <c r="H39" s="238"/>
+      <c r="F39" s="238"/>
+      <c r="G39" s="239"/>
+      <c r="H39" s="239"/>
       <c r="I39" s="300"/>
       <c r="J39" s="300"/>
-      <c r="K39" s="238"/>
+      <c r="K39" s="239"/>
       <c r="L39" s="301" t="s">
         <v>44</v>
       </c>
       <c r="M39" s="302"/>
     </row>
-    <row r="40" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="40" spans="2:13" x14ac:dyDescent="0.3">
       <c r="B40" s="54" t="s">
         <v>77</v>
       </c>
-      <c r="C40" s="244"/>
+      <c r="C40" s="243"/>
       <c r="D40" s="86"/>
       <c r="F40" s="312" t="s">
         <v>78</v>
       </c>
       <c r="G40" s="312"/>
       <c r="H40" s="312"/>
       <c r="I40" s="303" t="s">
         <v>69</v>
       </c>
       <c r="J40" s="304"/>
       <c r="K40" s="305"/>
       <c r="L40" s="293"/>
       <c r="M40" s="293"/>
     </row>
-    <row r="41" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="41" spans="2:13" x14ac:dyDescent="0.3">
       <c r="F41" s="312"/>
       <c r="G41" s="312"/>
       <c r="H41" s="312"/>
       <c r="I41" s="306"/>
       <c r="J41" s="307"/>
       <c r="K41" s="308"/>
       <c r="L41" s="293"/>
       <c r="M41" s="293"/>
     </row>
-    <row r="42" spans="2:13" x14ac:dyDescent="0.2">
+    <row r="42" spans="2:13" x14ac:dyDescent="0.3">
       <c r="F42" s="312"/>
       <c r="G42" s="312"/>
       <c r="H42" s="312"/>
       <c r="I42" s="309"/>
       <c r="J42" s="310"/>
       <c r="K42" s="311"/>
       <c r="L42" s="293"/>
       <c r="M42" s="293"/>
     </row>
   </sheetData>
   <mergeCells count="37">
     <mergeCell ref="F23:M23"/>
     <mergeCell ref="A1:M4"/>
     <mergeCell ref="C6:G6"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="B8:M8"/>
     <mergeCell ref="F14:M14"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="L15:M15"/>
     <mergeCell ref="F11:M13"/>
     <mergeCell ref="F16:H17"/>
     <mergeCell ref="I16:K17"/>
     <mergeCell ref="L16:M17"/>
     <mergeCell ref="F18:H19"/>
     <mergeCell ref="I18:K19"/>
@@ -22622,3247 +22602,3247 @@
     <mergeCell ref="L36:M36"/>
     <mergeCell ref="I32:J32"/>
     <mergeCell ref="L32:M32"/>
     <mergeCell ref="F33:H35"/>
     <mergeCell ref="L33:M35"/>
     <mergeCell ref="F31:M31"/>
     <mergeCell ref="F38:M38"/>
     <mergeCell ref="I39:J39"/>
     <mergeCell ref="L39:M39"/>
     <mergeCell ref="I33:K35"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="91" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19459" r:id="rId4" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>333375</xdr:colOff>
+                    <xdr:colOff>336550</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>561975</xdr:colOff>
+                    <xdr:colOff>565150</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19460" r:id="rId5" name="Check Box 4">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>542925</xdr:colOff>
+                    <xdr:colOff>546100</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19461" r:id="rId6" name="Check Box 5">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>333375</xdr:colOff>
+                    <xdr:colOff>336550</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>561975</xdr:colOff>
+                    <xdr:colOff>565150</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19462" r:id="rId7" name="Check Box 6">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>542925</xdr:colOff>
+                    <xdr:colOff>546100</xdr:colOff>
                     <xdr:row>32</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>34</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19463" r:id="rId8" name="Check Box 7">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>333375</xdr:colOff>
+                    <xdr:colOff>336550</xdr:colOff>
                     <xdr:row>39</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>561975</xdr:colOff>
+                    <xdr:colOff>565150</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19464" r:id="rId9" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>542925</xdr:colOff>
+                    <xdr:colOff>546100</xdr:colOff>
                     <xdr:row>39</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19465" r:id="rId10" name="Check Box 9">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>333375</xdr:colOff>
+                    <xdr:colOff>336550</xdr:colOff>
                     <xdr:row>39</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>8</xdr:col>
-                    <xdr:colOff>561975</xdr:colOff>
+                    <xdr:colOff>565150</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="19466" r:id="rId11" name="Check Box 10">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
-                    <xdr:colOff>542925</xdr:colOff>
+                    <xdr:colOff>546100</xdr:colOff>
                     <xdr:row>39</xdr:row>
-                    <xdr:rowOff>47625</xdr:rowOff>
+                    <xdr:rowOff>50800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>10</xdr:col>
                     <xdr:colOff>152400</xdr:colOff>
                     <xdr:row>41</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA012705-A8ED-4C3A-9F31-CD000F923CCD}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FF0000FF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A8" sqref="A8:K8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="10" width="8.85546875" style="93"/>
-[...1 lines deleted...]
-    <col min="12" max="16384" width="8.85546875" style="93"/>
+    <col min="1" max="10" width="8.81640625" style="93"/>
+    <col min="11" max="11" width="10.81640625" style="93" customWidth="1"/>
+    <col min="12" max="16384" width="8.81640625" style="93"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="89" customFormat="1" ht="15.75" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:11" s="89" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:11" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:11" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="F2" s="196" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="3" spans="1:11" s="89" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="F3" s="196" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="4" spans="1:11" s="89" customFormat="1" ht="15.75" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:11" ht="70.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:11" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="5" spans="1:11" s="89" customFormat="1" ht="15.5" x14ac:dyDescent="0.35"/>
+    <row r="7" spans="1:11" ht="70.400000000000006" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="343" t="s">
         <v>81</v>
       </c>
       <c r="B7" s="343"/>
       <c r="C7" s="343"/>
       <c r="D7" s="343"/>
       <c r="E7" s="343"/>
       <c r="F7" s="343"/>
       <c r="G7" s="343"/>
       <c r="H7" s="343"/>
       <c r="I7" s="343"/>
       <c r="J7" s="343"/>
       <c r="K7" s="343"/>
     </row>
-    <row r="8" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="343" t="s">
         <v>82</v>
       </c>
       <c r="B8" s="343"/>
       <c r="C8" s="343"/>
       <c r="D8" s="343"/>
       <c r="E8" s="343"/>
       <c r="F8" s="343"/>
       <c r="G8" s="343"/>
       <c r="H8" s="343"/>
       <c r="I8" s="343"/>
       <c r="J8" s="343"/>
       <c r="K8" s="343"/>
     </row>
-    <row r="9" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="343" t="s">
         <v>83</v>
       </c>
       <c r="B9" s="343"/>
       <c r="C9" s="343"/>
       <c r="D9" s="343"/>
       <c r="E9" s="343"/>
       <c r="F9" s="343"/>
       <c r="G9" s="343"/>
       <c r="H9" s="343"/>
       <c r="I9" s="343"/>
       <c r="J9" s="343"/>
       <c r="K9" s="343"/>
     </row>
-    <row r="10" spans="1:11" s="215" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:11" s="215" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="344" t="s">
         <v>84</v>
       </c>
       <c r="B10" s="344"/>
       <c r="C10" s="344"/>
       <c r="D10" s="344"/>
       <c r="E10" s="344"/>
       <c r="F10" s="344"/>
       <c r="G10" s="344"/>
       <c r="H10" s="344"/>
       <c r="I10" s="344"/>
       <c r="J10" s="344"/>
       <c r="K10" s="344"/>
     </row>
-    <row r="11" spans="1:11" s="215" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:11" s="215" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="215" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:11" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="342" t="s">
         <v>86</v>
       </c>
       <c r="B12" s="342"/>
       <c r="C12" s="342"/>
       <c r="D12" s="342"/>
       <c r="E12" s="342"/>
       <c r="F12" s="342"/>
       <c r="G12" s="342"/>
       <c r="H12" s="342"/>
       <c r="I12" s="342"/>
       <c r="J12" s="342"/>
       <c r="K12" s="342"/>
     </row>
-    <row r="13" spans="1:11" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:11" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="342" t="s">
         <v>87</v>
       </c>
       <c r="B13" s="342"/>
       <c r="C13" s="342"/>
       <c r="D13" s="342"/>
       <c r="E13" s="342"/>
       <c r="F13" s="342"/>
       <c r="G13" s="342"/>
       <c r="H13" s="342"/>
       <c r="I13" s="342"/>
       <c r="J13" s="342"/>
       <c r="K13" s="342"/>
     </row>
-    <row r="14" spans="1:11" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:11" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="347" t="s">
         <v>88</v>
       </c>
       <c r="B14" s="348"/>
       <c r="C14" s="348"/>
       <c r="D14" s="348"/>
       <c r="E14" s="348"/>
       <c r="F14" s="348"/>
       <c r="G14" s="348"/>
       <c r="H14" s="348"/>
       <c r="I14" s="348"/>
       <c r="J14" s="348"/>
       <c r="K14" s="348"/>
     </row>
-    <row r="15" spans="1:11" ht="54.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:11" ht="54.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="349" t="s">
         <v>89</v>
       </c>
       <c r="B15" s="350"/>
       <c r="C15" s="350"/>
       <c r="D15" s="350"/>
       <c r="E15" s="350"/>
       <c r="F15" s="350"/>
       <c r="G15" s="350"/>
       <c r="H15" s="350"/>
       <c r="I15" s="350"/>
       <c r="J15" s="350"/>
       <c r="K15" s="350"/>
     </row>
-    <row r="16" spans="1:11" ht="52.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:11" ht="52.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="347" t="s">
         <v>90</v>
       </c>
       <c r="B16" s="348"/>
       <c r="C16" s="348"/>
       <c r="D16" s="348"/>
       <c r="E16" s="348"/>
       <c r="F16" s="348"/>
       <c r="G16" s="348"/>
       <c r="H16" s="348"/>
       <c r="I16" s="348"/>
       <c r="J16" s="348"/>
       <c r="K16" s="348"/>
     </row>
-    <row r="17" spans="1:11" s="217" customFormat="1" ht="55.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:11" s="217" customFormat="1" ht="55.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="351" t="s">
         <v>91</v>
       </c>
       <c r="B17" s="351"/>
       <c r="C17" s="351"/>
       <c r="D17" s="351"/>
       <c r="E17" s="351"/>
       <c r="F17" s="351"/>
       <c r="G17" s="351"/>
       <c r="H17" s="351"/>
       <c r="I17" s="351"/>
       <c r="J17" s="351"/>
       <c r="K17" s="351"/>
     </row>
-    <row r="19" spans="1:11" s="215" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:11" s="215" customFormat="1" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="216" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="20" spans="1:11" ht="113.65" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:11" ht="113.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="343" t="s">
         <v>93</v>
       </c>
       <c r="B20" s="343"/>
       <c r="C20" s="343"/>
       <c r="D20" s="343"/>
       <c r="E20" s="343"/>
       <c r="F20" s="343"/>
       <c r="G20" s="343"/>
       <c r="H20" s="343"/>
       <c r="I20" s="343"/>
       <c r="J20" s="343"/>
       <c r="K20" s="343"/>
     </row>
-    <row r="21" spans="1:11" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:11" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="352" t="s">
         <v>94</v>
       </c>
       <c r="B21" s="353"/>
       <c r="C21" s="353"/>
       <c r="D21" s="353"/>
       <c r="E21" s="353"/>
       <c r="F21" s="353"/>
       <c r="G21" s="353"/>
       <c r="H21" s="353"/>
       <c r="I21" s="353"/>
       <c r="J21" s="353"/>
       <c r="K21" s="353"/>
     </row>
-    <row r="22" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="343" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="343"/>
       <c r="C22" s="343"/>
       <c r="D22" s="343"/>
       <c r="E22" s="343"/>
       <c r="F22" s="343"/>
       <c r="G22" s="343"/>
       <c r="H22" s="343"/>
       <c r="I22" s="343"/>
       <c r="J22" s="343"/>
       <c r="K22" s="343"/>
     </row>
-    <row r="23" spans="1:11" ht="83.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:11" ht="83.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="345" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="345"/>
       <c r="C23" s="345"/>
       <c r="D23" s="345"/>
       <c r="E23" s="345"/>
       <c r="F23" s="345"/>
       <c r="G23" s="345"/>
       <c r="H23" s="345"/>
       <c r="I23" s="345"/>
       <c r="J23" s="345"/>
       <c r="K23" s="345"/>
     </row>
-    <row r="24" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:11" ht="55.9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="346" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="346"/>
       <c r="C24" s="346"/>
       <c r="D24" s="346"/>
       <c r="E24" s="346"/>
       <c r="F24" s="346"/>
       <c r="G24" s="346"/>
       <c r="H24" s="346"/>
       <c r="I24" s="346"/>
       <c r="J24" s="346"/>
       <c r="K24" s="346"/>
     </row>
   </sheetData>
   <mergeCells count="15">
     <mergeCell ref="A22:K22"/>
     <mergeCell ref="A23:K23"/>
     <mergeCell ref="A24:K24"/>
     <mergeCell ref="A14:K14"/>
     <mergeCell ref="A15:K15"/>
     <mergeCell ref="A16:K16"/>
     <mergeCell ref="A17:K17"/>
     <mergeCell ref="A20:K20"/>
     <mergeCell ref="A21:K21"/>
     <mergeCell ref="A13:K13"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="A9:K9"/>
     <mergeCell ref="A10:K10"/>
     <mergeCell ref="A12:K12"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="99" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="18" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F74A8FC-D291-44B1-8AF0-FC8D45527536}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FFFFCCFF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:D39"/>
   <sheetViews>
-    <sheetView topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="B9" sqref="B9"/>
+    <sheetView topLeftCell="A31" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="31.28515625" style="89" customWidth="1"/>
+    <col min="1" max="1" width="31.26953125" style="89" customWidth="1"/>
     <col min="2" max="2" width="18" style="89" customWidth="1"/>
-    <col min="3" max="3" width="13.7109375" style="89" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="16384" width="8.85546875" style="89"/>
+    <col min="3" max="3" width="13.7265625" style="89" customWidth="1"/>
+    <col min="4" max="4" width="32.7265625" style="89" customWidth="1"/>
+    <col min="5" max="16384" width="8.81640625" style="89"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B2" s="196" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="B3" s="196" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="6" spans="1:4" s="88" customFormat="1" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="7" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:4" s="88" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="7" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="194" t="s">
         <v>99</v>
       </c>
       <c r="B7" s="195" t="s">
         <v>100</v>
       </c>
       <c r="C7" s="195" t="s">
         <v>101</v>
       </c>
       <c r="D7" s="195" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="8" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="204"/>
       <c r="B8" s="205"/>
       <c r="C8" s="205"/>
       <c r="D8" s="205"/>
     </row>
-    <row r="9" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="200" t="s">
         <v>103</v>
       </c>
       <c r="B9" s="201">
         <v>1060</v>
       </c>
       <c r="C9" s="201">
         <v>13</v>
       </c>
       <c r="D9" s="201" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="10" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="202" t="s">
         <v>105</v>
       </c>
       <c r="B10" s="203">
         <v>1002</v>
       </c>
       <c r="C10" s="203">
         <v>1</v>
       </c>
       <c r="D10" s="203" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="11" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="200" t="s">
         <v>107</v>
       </c>
       <c r="B11" s="201">
         <v>1054</v>
       </c>
       <c r="C11" s="201">
         <v>11</v>
       </c>
       <c r="D11" s="201" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="12" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="202" t="s">
         <v>109</v>
       </c>
       <c r="B12" s="203">
         <v>1034</v>
       </c>
       <c r="C12" s="203">
         <v>2</v>
       </c>
       <c r="D12" s="203" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="13" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="200" t="s">
         <v>111</v>
       </c>
       <c r="B13" s="201">
         <v>1046</v>
       </c>
       <c r="C13" s="201">
         <v>16</v>
       </c>
       <c r="D13" s="201" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="14" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="202" t="s">
         <v>113</v>
       </c>
       <c r="B14" s="203">
         <v>1004</v>
       </c>
       <c r="C14" s="203">
         <v>1</v>
       </c>
       <c r="D14" s="203" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="15" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="200" t="s">
         <v>115</v>
       </c>
       <c r="B15" s="201">
         <v>1014</v>
       </c>
       <c r="C15" s="201">
         <v>6</v>
       </c>
       <c r="D15" s="201" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="16" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="202" t="s">
         <v>117</v>
       </c>
       <c r="B16" s="203">
         <v>1024</v>
       </c>
       <c r="C16" s="203" t="s">
         <v>118</v>
       </c>
       <c r="D16" s="203" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="17" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="200" t="s">
         <v>120</v>
       </c>
       <c r="B17" s="201">
         <v>1048</v>
       </c>
       <c r="C17" s="201">
         <v>16</v>
       </c>
       <c r="D17" s="201" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="18" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="202" t="s">
         <v>122</v>
       </c>
       <c r="B18" s="203">
         <v>1052</v>
       </c>
       <c r="C18" s="203">
         <v>16</v>
       </c>
       <c r="D18" s="203" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="19" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="200" t="s">
         <v>124</v>
       </c>
       <c r="B19" s="201">
         <v>1010</v>
       </c>
       <c r="C19" s="201">
         <v>3</v>
       </c>
       <c r="D19" s="201" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="20" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="202" t="s">
         <v>126</v>
       </c>
       <c r="B20" s="203">
         <v>1056</v>
       </c>
       <c r="C20" s="203">
         <v>16</v>
       </c>
       <c r="D20" s="203" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="21" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="200" t="s">
         <v>128</v>
       </c>
       <c r="B21" s="201">
         <v>1028</v>
       </c>
       <c r="C21" s="201">
         <v>6</v>
       </c>
       <c r="D21" s="201" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="22" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="202" t="s">
         <v>130</v>
       </c>
       <c r="B22" s="203">
         <v>1016</v>
       </c>
       <c r="C22" s="203">
         <v>6</v>
       </c>
       <c r="D22" s="203" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="23" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="200" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="201">
         <v>1008</v>
       </c>
       <c r="C23" s="201">
         <v>6</v>
       </c>
       <c r="D23" s="201" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="24" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="202" t="s">
         <v>134</v>
       </c>
       <c r="B24" s="203">
         <v>1026</v>
       </c>
       <c r="C24" s="203">
         <v>6</v>
       </c>
       <c r="D24" s="203" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="25" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="200" t="s">
         <v>136</v>
       </c>
       <c r="B25" s="201">
         <v>1058</v>
       </c>
       <c r="C25" s="201">
         <v>12</v>
       </c>
       <c r="D25" s="201" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="26" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="202" t="s">
         <v>138</v>
       </c>
       <c r="B26" s="203">
         <v>1036</v>
       </c>
       <c r="C26" s="203">
         <v>7</v>
       </c>
       <c r="D26" s="203" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="27" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="200" t="s">
         <v>140</v>
       </c>
       <c r="B27" s="201">
         <v>1018</v>
       </c>
       <c r="C27" s="201">
         <v>7</v>
       </c>
       <c r="D27" s="201" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="28" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="202" t="s">
         <v>142</v>
       </c>
       <c r="B28" s="203">
         <v>1040</v>
       </c>
       <c r="C28" s="203" t="s">
         <v>143</v>
       </c>
       <c r="D28" s="203" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="29" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="200" t="s">
         <v>145</v>
       </c>
       <c r="B29" s="201">
         <v>1042</v>
       </c>
       <c r="C29" s="201" t="s">
         <v>146</v>
       </c>
       <c r="D29" s="201" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="30" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="202" t="s">
         <v>148</v>
       </c>
       <c r="B30" s="203">
         <v>1044</v>
       </c>
       <c r="C30" s="203">
         <v>10</v>
       </c>
       <c r="D30" s="203" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="31" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="200" t="s">
         <v>150</v>
       </c>
       <c r="B31" s="201">
         <v>1038</v>
       </c>
       <c r="C31" s="201">
         <v>8</v>
       </c>
       <c r="D31" s="201" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="32" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="202" t="s">
         <v>152</v>
       </c>
       <c r="B32" s="203">
         <v>1006</v>
       </c>
       <c r="C32" s="203">
         <v>3</v>
       </c>
       <c r="D32" s="203" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="33" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="200" t="s">
         <v>154</v>
       </c>
       <c r="B33" s="201">
         <v>1030</v>
       </c>
       <c r="C33" s="201" t="s">
         <v>155</v>
       </c>
       <c r="D33" s="201" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="34" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="202" t="s">
         <v>157</v>
       </c>
       <c r="B34" s="203">
         <v>1012</v>
       </c>
       <c r="C34" s="203" t="s">
         <v>155</v>
       </c>
       <c r="D34" s="203" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="35" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="200" t="s">
         <v>159</v>
       </c>
       <c r="B35" s="201">
         <v>1022</v>
       </c>
       <c r="C35" s="201">
         <v>6</v>
       </c>
       <c r="D35" s="201" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="36" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="202" t="s">
         <v>161</v>
       </c>
       <c r="B36" s="203">
         <v>1020</v>
       </c>
       <c r="C36" s="203" t="s">
         <v>162</v>
       </c>
       <c r="D36" s="203" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="37" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="200" t="s">
         <v>164</v>
       </c>
       <c r="B37" s="201">
         <v>1032</v>
       </c>
       <c r="C37" s="201" t="s">
         <v>165</v>
       </c>
       <c r="D37" s="201" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="38" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:4" s="88" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="202" t="s">
         <v>167</v>
       </c>
       <c r="B38" s="203">
         <v>1050</v>
       </c>
       <c r="C38" s="203">
         <v>7</v>
       </c>
       <c r="D38" s="203" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="39" spans="1:4" s="88" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:4" s="88" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="354" t="s">
         <v>169</v>
       </c>
       <c r="B39" s="355"/>
       <c r="C39" s="355"/>
       <c r="D39" s="356"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A39:D39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.45" top="0.5" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="99" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet6">
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:D158"/>
   <sheetViews>
-    <sheetView topLeftCell="A97" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="81.42578125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="21.7109375" style="81" customWidth="1"/>
+    <col min="1" max="1" width="81.453125" customWidth="1"/>
+    <col min="2" max="2" width="20.453125" style="81" customWidth="1"/>
+    <col min="3" max="3" width="21.7265625" style="81" customWidth="1"/>
     <col min="4" max="4" width="0" hidden="1" customWidth="1"/>
-    <col min="5" max="5" width="6.42578125" customWidth="1"/>
+    <col min="5" max="5" width="6.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:4" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A2" s="220" t="s">
         <v>170</v>
       </c>
       <c r="B2" s="187"/>
       <c r="C2" s="187"/>
     </row>
-    <row r="3" spans="1:4" ht="16.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" ht="16.5" x14ac:dyDescent="0.35">
       <c r="A3" s="220" t="s">
         <v>171</v>
       </c>
       <c r="B3" s="187"/>
       <c r="C3" s="187"/>
     </row>
-    <row r="4" spans="1:4" ht="19.5" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:4" ht="19" x14ac:dyDescent="0.4">
       <c r="A4" s="221"/>
       <c r="B4" s="187"/>
       <c r="C4" s="187"/>
     </row>
-    <row r="5" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" s="186"/>
       <c r="B5" s="187"/>
       <c r="C5" s="187"/>
     </row>
-    <row r="7" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="66">
         <f>'Cover Page'!D12</f>
         <v>0</v>
       </c>
       <c r="B7" s="20" t="s">
         <v>172</v>
       </c>
       <c r="C7" s="76"/>
       <c r="D7" s="83" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" ht="17.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="66"/>
       <c r="B8" s="19" t="s">
         <v>174</v>
       </c>
       <c r="C8" s="77"/>
       <c r="D8" s="83" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="9" spans="1:4" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:4" ht="17.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="66">
         <f>'Cover Page'!D13</f>
         <v>0</v>
       </c>
       <c r="B9" s="198" t="s">
         <v>176</v>
       </c>
       <c r="C9" s="199"/>
       <c r="D9" s="83" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:4" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="197" t="s">
         <v>178</v>
       </c>
       <c r="B10" s="383"/>
       <c r="C10" s="384"/>
       <c r="D10" s="83" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="11" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="373"/>
       <c r="B11" s="374"/>
       <c r="C11" s="374"/>
       <c r="D11" s="83" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="12" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="375" t="s">
         <v>181</v>
       </c>
       <c r="B12" s="377"/>
       <c r="C12" s="378"/>
     </row>
-    <row r="13" spans="1:4" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="376"/>
       <c r="B13" s="379"/>
       <c r="C13" s="380"/>
     </row>
-    <row r="14" spans="1:4" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:4" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="55"/>
       <c r="B14" s="78"/>
       <c r="C14" s="78"/>
     </row>
-    <row r="15" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="359" t="s">
         <v>182</v>
       </c>
       <c r="B15" s="360"/>
       <c r="C15" s="360"/>
     </row>
-    <row r="16" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" ht="36" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="56" t="s">
         <v>183</v>
       </c>
       <c r="B16" s="230" t="s">
         <v>184</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="17" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:3" ht="15" x14ac:dyDescent="0.3">
       <c r="A17" s="60" t="s">
         <v>186</v>
       </c>
       <c r="B17" s="15"/>
       <c r="C17" s="18"/>
     </row>
-    <row r="18" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="74" t="s">
         <v>187</v>
       </c>
       <c r="B18" s="17"/>
       <c r="C18" s="5"/>
     </row>
-    <row r="19" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="57" t="s">
         <v>188</v>
       </c>
       <c r="B19" s="6"/>
       <c r="C19" s="2"/>
     </row>
-    <row r="20" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="57" t="s">
         <v>189</v>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="2"/>
     </row>
-    <row r="21" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="57" t="s">
         <v>190</v>
       </c>
       <c r="B21" s="6"/>
       <c r="C21" s="2"/>
     </row>
-    <row r="22" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="57" t="s">
         <v>191</v>
       </c>
       <c r="B22" s="6"/>
       <c r="C22" s="2"/>
     </row>
-    <row r="23" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="57" t="s">
         <v>192</v>
       </c>
       <c r="B23" s="6"/>
       <c r="C23" s="2"/>
     </row>
-    <row r="24" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="57" t="s">
         <v>193</v>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="2"/>
     </row>
-    <row r="25" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B25" s="6"/>
       <c r="C25" s="2"/>
     </row>
-    <row r="26" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="2"/>
     </row>
-    <row r="27" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
         <v>196</v>
       </c>
       <c r="B27" s="17"/>
       <c r="C27" s="16"/>
     </row>
-    <row r="28" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="57" t="s">
         <v>197</v>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="2"/>
     </row>
-    <row r="29" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="57" t="s">
         <v>198</v>
       </c>
       <c r="B29" s="6"/>
       <c r="C29" s="2"/>
     </row>
-    <row r="30" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="57" t="s">
         <v>199</v>
       </c>
       <c r="B30" s="6"/>
       <c r="C30" s="2"/>
     </row>
-    <row r="31" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="57" t="s">
         <v>200</v>
       </c>
       <c r="B31" s="6"/>
       <c r="C31" s="2"/>
     </row>
-    <row r="32" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="57" t="s">
         <v>201</v>
       </c>
       <c r="B32" s="6"/>
       <c r="C32" s="2"/>
     </row>
-    <row r="33" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="57" t="s">
         <v>193</v>
       </c>
       <c r="B33" s="6"/>
       <c r="C33" s="2"/>
     </row>
-    <row r="34" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B34" s="6"/>
       <c r="C34" s="2"/>
     </row>
-    <row r="35" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B35" s="6"/>
       <c r="C35" s="2"/>
     </row>
-    <row r="36" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="17"/>
       <c r="C36" s="16"/>
     </row>
-    <row r="37" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="57" t="s">
         <v>188</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="2"/>
     </row>
-    <row r="38" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="57" t="s">
         <v>189</v>
       </c>
       <c r="B38" s="6"/>
       <c r="C38" s="2"/>
     </row>
-    <row r="39" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="57" t="s">
         <v>203</v>
       </c>
       <c r="B39" s="6"/>
       <c r="C39" s="2"/>
     </row>
-    <row r="40" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="57" t="s">
         <v>191</v>
       </c>
       <c r="B40" s="6"/>
       <c r="C40" s="2"/>
     </row>
-    <row r="41" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="57" t="s">
         <v>192</v>
       </c>
       <c r="B41" s="6"/>
       <c r="C41" s="2"/>
     </row>
-    <row r="42" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="57" t="s">
         <v>193</v>
       </c>
       <c r="B42" s="6"/>
       <c r="C42" s="2"/>
     </row>
-    <row r="43" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B43" s="6"/>
       <c r="C43" s="2"/>
     </row>
-    <row r="44" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="2"/>
     </row>
-    <row r="45" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
         <v>204</v>
       </c>
       <c r="B45" s="58"/>
       <c r="C45" s="16"/>
     </row>
-    <row r="46" spans="1:3" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:3" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B46" s="6"/>
       <c r="C46" s="2"/>
     </row>
-    <row r="47" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="59" t="s">
         <v>206</v>
       </c>
       <c r="B47" s="6"/>
       <c r="C47" s="2"/>
     </row>
-    <row r="48" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
         <v>207</v>
       </c>
       <c r="B48" s="58"/>
       <c r="C48" s="16"/>
     </row>
-    <row r="49" spans="1:3" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:3" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B49" s="7"/>
       <c r="C49" s="2"/>
     </row>
-    <row r="50" spans="1:3" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:3" ht="29.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="3" t="s">
         <v>192</v>
       </c>
       <c r="B50" s="6"/>
       <c r="C50" s="2"/>
     </row>
-    <row r="51" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="59" t="s">
         <v>206</v>
       </c>
       <c r="B51" s="6"/>
       <c r="C51" s="2"/>
     </row>
-    <row r="52" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="2"/>
     </row>
-    <row r="53" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B53" s="6"/>
       <c r="C53" s="2"/>
     </row>
-    <row r="54" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B54" s="6"/>
       <c r="C54" s="2"/>
     </row>
-    <row r="55" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="3" t="s">
         <v>211</v>
       </c>
       <c r="B55" s="6"/>
       <c r="C55" s="2"/>
     </row>
-    <row r="56" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:3" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="3" t="s">
         <v>212</v>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="2"/>
     </row>
-    <row r="57" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A57" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B57" s="6"/>
       <c r="C57" s="2"/>
     </row>
-    <row r="58" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="3" t="s">
         <v>213</v>
       </c>
       <c r="B58" s="6"/>
       <c r="C58" s="2"/>
     </row>
-    <row r="59" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A59" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B59" s="6"/>
       <c r="C59" s="2"/>
     </row>
-    <row r="60" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A60" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B60" s="6"/>
       <c r="C60" s="2"/>
     </row>
-    <row r="61" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A61" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B61" s="6"/>
       <c r="C61" s="2"/>
     </row>
-    <row r="62" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A62" s="3" t="s">
         <v>217</v>
       </c>
       <c r="B62" s="6"/>
       <c r="C62" s="2"/>
     </row>
-    <row r="63" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="3" t="s">
         <v>218</v>
       </c>
       <c r="B63" s="6"/>
       <c r="C63" s="2"/>
     </row>
-    <row r="64" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="3" t="s">
         <v>216</v>
       </c>
       <c r="B64" s="6"/>
       <c r="C64" s="2"/>
     </row>
-    <row r="65" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:3" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B65" s="6"/>
       <c r="C65" s="2"/>
     </row>
-    <row r="66" spans="1:3" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:3" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="60" t="s">
         <v>220</v>
       </c>
       <c r="B66" s="231" t="s">
         <v>184</v>
       </c>
       <c r="C66" s="12" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="67" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A67" s="3" t="s">
         <v>221</v>
       </c>
       <c r="B67" s="6"/>
       <c r="C67" s="2"/>
     </row>
-    <row r="68" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A68" s="3" t="s">
         <v>222</v>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="2"/>
     </row>
-    <row r="69" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B69" s="6"/>
       <c r="C69" s="2"/>
     </row>
-    <row r="70" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A70" s="3" t="s">
         <v>224</v>
       </c>
       <c r="B70" s="6"/>
       <c r="C70" s="2"/>
     </row>
-    <row r="71" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A71" s="3" t="s">
         <v>225</v>
       </c>
       <c r="B71" s="6"/>
       <c r="C71" s="2"/>
     </row>
-    <row r="72" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A72" s="3" t="s">
         <v>226</v>
       </c>
       <c r="B72" s="6"/>
       <c r="C72" s="2"/>
     </row>
-    <row r="73" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A73" s="61" t="s">
         <v>227</v>
       </c>
       <c r="B73" s="62"/>
       <c r="C73" s="2"/>
     </row>
-    <row r="74" spans="1:3" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:3" ht="30.5" x14ac:dyDescent="0.35">
       <c r="A74" s="63" t="s">
         <v>228</v>
       </c>
       <c r="B74" s="231" t="s">
         <v>184</v>
       </c>
       <c r="C74" s="12" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="75" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A75" s="64" t="s">
         <v>229</v>
       </c>
       <c r="B75" s="65"/>
       <c r="C75" s="2"/>
     </row>
-    <row r="76" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A76" s="59" t="s">
         <v>230</v>
       </c>
       <c r="B76" s="66"/>
       <c r="C76" s="2"/>
     </row>
-    <row r="77" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A77" s="59" t="s">
         <v>231</v>
       </c>
       <c r="B77" s="66"/>
       <c r="C77" s="2"/>
     </row>
-    <row r="78" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A78" s="59" t="s">
         <v>232</v>
       </c>
       <c r="B78" s="66"/>
       <c r="C78" s="2"/>
     </row>
-    <row r="79" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A79" s="59" t="s">
         <v>233</v>
       </c>
       <c r="B79" s="66"/>
       <c r="C79" s="2"/>
     </row>
-    <row r="80" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A80" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B80" s="66"/>
       <c r="C80" s="2"/>
     </row>
-    <row r="81" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A81" s="61" t="s">
         <v>235</v>
       </c>
       <c r="B81" s="67"/>
       <c r="C81" s="2"/>
     </row>
-    <row r="82" spans="1:3" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A82" s="361" t="s">
         <v>236</v>
       </c>
       <c r="B82" s="79" t="s">
         <v>237</v>
       </c>
       <c r="C82" s="80"/>
     </row>
-    <row r="83" spans="1:3" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A83" s="362"/>
       <c r="B83" s="79" t="s">
         <v>238</v>
       </c>
       <c r="C83" s="80"/>
     </row>
-    <row r="84" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A84" s="363"/>
       <c r="B84" s="364"/>
       <c r="C84" s="365"/>
     </row>
-    <row r="85" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A85" s="366"/>
       <c r="B85" s="367"/>
       <c r="C85" s="368"/>
     </row>
-    <row r="86" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A86" s="366"/>
       <c r="B86" s="367"/>
       <c r="C86" s="368"/>
     </row>
-    <row r="87" spans="1:3" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:3" ht="30.5" x14ac:dyDescent="0.35">
       <c r="A87" s="15" t="s">
         <v>239</v>
       </c>
       <c r="B87" s="231" t="s">
         <v>184</v>
       </c>
       <c r="C87" s="12" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="88" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A88" s="54" t="s">
         <v>240</v>
       </c>
-      <c r="B88" s="246"/>
+      <c r="B88" s="247"/>
       <c r="C88" s="2"/>
     </row>
-    <row r="89" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A89" s="54" t="s">
         <v>241</v>
       </c>
-      <c r="B89" s="246"/>
+      <c r="B89" s="247"/>
       <c r="C89" s="2"/>
     </row>
-    <row r="90" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A90" s="54" t="s">
         <v>242</v>
       </c>
-      <c r="B90" s="246"/>
+      <c r="B90" s="247"/>
       <c r="C90" s="2"/>
     </row>
-    <row r="91" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A91" s="54" t="s">
         <v>243</v>
       </c>
-      <c r="B91" s="246"/>
+      <c r="B91" s="247"/>
       <c r="C91" s="2"/>
     </row>
-    <row r="92" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A92" s="54" t="s">
         <v>244</v>
       </c>
-      <c r="B92" s="246"/>
+      <c r="B92" s="247"/>
       <c r="C92" s="2"/>
     </row>
-    <row r="93" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A93" s="54" t="s">
         <v>245</v>
       </c>
-      <c r="B93" s="246"/>
+      <c r="B93" s="247"/>
       <c r="C93" s="2"/>
     </row>
-    <row r="94" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A94" s="54" t="s">
         <v>246</v>
       </c>
-      <c r="B94" s="246"/>
+      <c r="B94" s="247"/>
       <c r="C94" s="2"/>
     </row>
-    <row r="95" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A95" s="54" t="s">
         <v>247</v>
       </c>
-      <c r="B95" s="246"/>
+      <c r="B95" s="247"/>
       <c r="C95" s="2"/>
     </row>
-    <row r="96" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A96" s="54" t="s">
         <v>248</v>
       </c>
-      <c r="B96" s="246"/>
+      <c r="B96" s="247"/>
       <c r="C96" s="2"/>
     </row>
-    <row r="97" spans="1:3" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:3" ht="30.5" x14ac:dyDescent="0.35">
       <c r="A97" s="68"/>
       <c r="B97" s="231" t="s">
         <v>184</v>
       </c>
       <c r="C97" s="12" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="98" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A98" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B98" s="66"/>
       <c r="C98" s="2"/>
     </row>
-    <row r="99" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A99" s="3" t="s">
         <v>250</v>
       </c>
       <c r="B99" s="66"/>
       <c r="C99" s="2"/>
     </row>
-    <row r="100" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A100" s="3" t="s">
         <v>251</v>
       </c>
       <c r="B100" s="66"/>
       <c r="C100" s="2"/>
     </row>
-    <row r="101" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A101" s="3" t="s">
         <v>252</v>
       </c>
       <c r="B101" s="66"/>
       <c r="C101" s="2"/>
     </row>
-    <row r="102" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A102" s="3" t="s">
         <v>253</v>
       </c>
       <c r="B102" s="66"/>
       <c r="C102" s="2"/>
     </row>
-    <row r="103" spans="1:3" ht="28.9" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:3" ht="28.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="223" t="s">
         <v>254</v>
       </c>
       <c r="B103" s="369" t="s">
         <v>255</v>
       </c>
       <c r="C103" s="370"/>
     </row>
-    <row r="104" spans="1:3" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:3" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A104" s="69" t="s">
         <v>256</v>
       </c>
       <c r="B104" s="371"/>
       <c r="C104" s="372"/>
     </row>
-    <row r="105" spans="1:3" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:3" ht="30.5" x14ac:dyDescent="0.35">
       <c r="A105" s="60" t="s">
         <v>257</v>
       </c>
       <c r="B105" s="13" t="s">
         <v>184</v>
       </c>
       <c r="C105" s="12" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="106" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A106" s="70" t="s">
         <v>258</v>
       </c>
       <c r="B106" s="6"/>
       <c r="C106" s="2"/>
     </row>
-    <row r="107" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A107" s="3" t="s">
         <v>259</v>
       </c>
       <c r="B107" s="6"/>
       <c r="C107" s="2"/>
     </row>
-    <row r="108" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A108" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B108" s="6"/>
       <c r="C108" s="2"/>
     </row>
-    <row r="109" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A109" s="3" t="s">
         <v>261</v>
       </c>
       <c r="B109" s="6"/>
       <c r="C109" s="2"/>
     </row>
-    <row r="110" spans="1:3" ht="31.5" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:3" ht="30.5" x14ac:dyDescent="0.35">
       <c r="A110" s="14" t="s">
         <v>262</v>
       </c>
       <c r="B110" s="232" t="s">
         <v>263</v>
       </c>
       <c r="C110" s="12" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="111" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A111" s="58" t="s">
         <v>264</v>
       </c>
       <c r="B111" s="11"/>
       <c r="C111" s="9"/>
     </row>
-    <row r="112" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A112" s="71" t="s">
         <v>258</v>
       </c>
       <c r="B112" s="7"/>
       <c r="C112" s="2"/>
     </row>
-    <row r="113" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A113" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B113" s="6"/>
       <c r="C113" s="2"/>
     </row>
-    <row r="114" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A114" s="3" t="s">
         <v>266</v>
       </c>
       <c r="B114" s="6"/>
       <c r="C114" s="2"/>
     </row>
-    <row r="115" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A115" s="3" t="s">
         <v>267</v>
       </c>
       <c r="B115" s="6"/>
       <c r="C115" s="2"/>
     </row>
-    <row r="116" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A116" s="58" t="s">
         <v>268</v>
       </c>
       <c r="B116" s="10"/>
       <c r="C116" s="9"/>
     </row>
-    <row r="117" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A117" s="71" t="s">
         <v>258</v>
       </c>
       <c r="B117" s="7"/>
       <c r="C117" s="2"/>
     </row>
-    <row r="118" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A118" s="54" t="s">
         <v>269</v>
       </c>
       <c r="B118" s="6"/>
       <c r="C118" s="2"/>
     </row>
-    <row r="119" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A119" s="54" t="s">
         <v>270</v>
       </c>
       <c r="B119" s="6"/>
       <c r="C119" s="2"/>
     </row>
-    <row r="120" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A120" s="54" t="s">
         <v>271</v>
       </c>
       <c r="B120" s="6"/>
       <c r="C120" s="2"/>
     </row>
-    <row r="121" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A121" s="54"/>
       <c r="B121" s="6"/>
       <c r="C121" s="2"/>
     </row>
-    <row r="122" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A122" s="54"/>
       <c r="B122" s="6"/>
       <c r="C122" s="2"/>
     </row>
-    <row r="123" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A123" s="58" t="s">
         <v>272</v>
       </c>
       <c r="B123" s="5"/>
       <c r="C123" s="72"/>
     </row>
-    <row r="124" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A124" s="71" t="s">
         <v>258</v>
       </c>
       <c r="B124" s="7"/>
       <c r="C124" s="2"/>
     </row>
-    <row r="125" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A125" s="54" t="s">
         <v>273</v>
       </c>
       <c r="B125" s="6"/>
       <c r="C125" s="2"/>
     </row>
-    <row r="126" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A126" s="54" t="s">
         <v>274</v>
       </c>
       <c r="B126" s="6"/>
       <c r="C126" s="2"/>
     </row>
-    <row r="127" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A127" s="54" t="s">
         <v>275</v>
       </c>
       <c r="B127" s="6"/>
       <c r="C127" s="2"/>
     </row>
-    <row r="128" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A128" s="58" t="s">
         <v>276</v>
       </c>
       <c r="B128" s="5"/>
       <c r="C128" s="72"/>
     </row>
-    <row r="129" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A129" s="71" t="s">
         <v>258</v>
       </c>
       <c r="B129" s="7"/>
       <c r="C129" s="2"/>
     </row>
-    <row r="130" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A130" s="54" t="s">
         <v>277</v>
       </c>
       <c r="B130" s="6"/>
       <c r="C130" s="2"/>
     </row>
-    <row r="131" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A131" s="54" t="s">
         <v>278</v>
       </c>
       <c r="B131" s="7"/>
       <c r="C131" s="2"/>
     </row>
-    <row r="132" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A132" s="54" t="s">
         <v>279</v>
       </c>
       <c r="B132" s="6"/>
       <c r="C132" s="2"/>
     </row>
-    <row r="133" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A133" s="58" t="s">
         <v>280</v>
       </c>
       <c r="B133" s="5"/>
       <c r="C133" s="72"/>
     </row>
-    <row r="134" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A134" s="71" t="s">
         <v>258</v>
       </c>
       <c r="B134" s="7"/>
       <c r="C134" s="2"/>
     </row>
-    <row r="135" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A135" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B135" s="6"/>
       <c r="C135" s="2"/>
     </row>
-    <row r="136" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A136" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B136" s="6"/>
       <c r="C136" s="2"/>
     </row>
-    <row r="137" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A137" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B137" s="6"/>
       <c r="C137" s="2"/>
     </row>
-    <row r="138" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A138" s="218" t="s">
         <v>284</v>
       </c>
       <c r="B138" s="5"/>
       <c r="C138" s="72" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="139" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A139" s="73" t="s">
         <v>258</v>
       </c>
       <c r="B139" s="7"/>
       <c r="C139" s="2"/>
     </row>
-    <row r="140" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A140" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B140" s="6"/>
       <c r="C140" s="2"/>
     </row>
-    <row r="141" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A141" s="3" t="s">
         <v>282</v>
       </c>
       <c r="B141" s="6"/>
       <c r="C141" s="2"/>
     </row>
-    <row r="142" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A142" s="3" t="s">
         <v>283</v>
       </c>
       <c r="B142" s="6"/>
       <c r="C142" s="2"/>
     </row>
-    <row r="143" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:3" ht="15" x14ac:dyDescent="0.3">
       <c r="A143" s="58" t="s">
         <v>286</v>
       </c>
       <c r="B143" s="4"/>
       <c r="C143" s="4"/>
     </row>
-    <row r="144" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A144" s="57" t="s">
         <v>258</v>
       </c>
       <c r="B144" s="6"/>
       <c r="C144" s="2"/>
     </row>
-    <row r="145" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A145" s="3" t="s">
         <v>287</v>
       </c>
       <c r="B145" s="6"/>
       <c r="C145" s="2"/>
     </row>
-    <row r="146" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A146" s="3" t="s">
         <v>288</v>
       </c>
       <c r="B146" s="6"/>
       <c r="C146" s="2"/>
     </row>
-    <row r="147" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A147" s="3" t="s">
         <v>289</v>
       </c>
       <c r="B147" s="6"/>
       <c r="C147" s="2"/>
     </row>
-    <row r="148" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:3" ht="15" x14ac:dyDescent="0.3">
       <c r="A148" s="58" t="s">
         <v>290</v>
       </c>
       <c r="B148" s="5"/>
       <c r="C148" s="4"/>
     </row>
-    <row r="149" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A149" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B149" s="6"/>
       <c r="C149" s="2"/>
     </row>
-    <row r="150" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:3" ht="15" x14ac:dyDescent="0.3">
       <c r="A150" s="381" t="s">
         <v>292</v>
       </c>
       <c r="B150" s="382"/>
       <c r="C150" s="382"/>
     </row>
-    <row r="151" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A151" s="357"/>
       <c r="B151" s="358"/>
       <c r="C151" s="358"/>
     </row>
-    <row r="152" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A152" s="358"/>
       <c r="B152" s="358"/>
       <c r="C152" s="358"/>
     </row>
-    <row r="153" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="153" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A153" s="358"/>
       <c r="B153" s="358"/>
       <c r="C153" s="358"/>
     </row>
-    <row r="154" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="154" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A154" s="358"/>
       <c r="B154" s="358"/>
       <c r="C154" s="358"/>
     </row>
-    <row r="155" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A155" s="358"/>
       <c r="B155" s="358"/>
       <c r="C155" s="358"/>
     </row>
-    <row r="156" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A156" s="358"/>
       <c r="B156" s="358"/>
       <c r="C156" s="358"/>
     </row>
-    <row r="157" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A157" s="358"/>
       <c r="B157" s="358"/>
       <c r="C157" s="358"/>
     </row>
-    <row r="158" spans="1:3" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:3" ht="12.5" x14ac:dyDescent="0.25">
       <c r="A158" s="358"/>
       <c r="B158" s="358"/>
       <c r="C158" s="358"/>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="B12:C13"/>
     <mergeCell ref="A150:C150"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="A151:C158"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A82:A83"/>
     <mergeCell ref="A84:C86"/>
     <mergeCell ref="B103:C103"/>
     <mergeCell ref="B104:C104"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.5" bottom="0.75" header="0.05" footer="0.3"/>
   <pageSetup scale="80" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter xml:space="preserve">&amp;L
 </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{96D4A7A5-F6E2-4B51-A1D7-26B1F824F907}">
           <x14:formula1>
             <xm:f>'Activity Names, Numbers &amp; Codes'!$D$8:$D$38</xm:f>
           </x14:formula1>
           <xm:sqref>B10:C10</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet7">
     <tabColor theme="9" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L99"/>
   <sheetViews>
-    <sheetView topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8:E8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.140625" customWidth="1"/>
+    <col min="1" max="1" width="27.1796875" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
-    <col min="3" max="3" width="13.42578125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="12" max="12" width="19.140625" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="13.453125" customWidth="1"/>
+    <col min="4" max="4" width="14.1796875" customWidth="1"/>
+    <col min="5" max="5" width="18.1796875" customWidth="1"/>
+    <col min="6" max="6" width="15.81640625" customWidth="1"/>
+    <col min="7" max="7" width="14.453125" customWidth="1"/>
+    <col min="9" max="9" width="9.1796875" customWidth="1"/>
+    <col min="10" max="11" width="9.1796875" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="19.1796875" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B1" s="81"/>
       <c r="C1" s="81"/>
     </row>
-    <row r="2" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B2" s="187"/>
-      <c r="C2" s="245" t="s">
+      <c r="C2" s="246" t="s">
         <v>79</v>
       </c>
       <c r="D2" s="188"/>
       <c r="E2" s="188"/>
       <c r="F2" s="188"/>
       <c r="G2" s="188"/>
     </row>
-    <row r="3" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="B3" s="187"/>
-      <c r="C3" s="245" t="s">
+      <c r="C3" s="246" t="s">
         <v>293</v>
       </c>
       <c r="D3" s="188"/>
       <c r="E3" s="188"/>
       <c r="F3" s="188"/>
       <c r="G3" s="188"/>
     </row>
-    <row r="4" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="186"/>
       <c r="B4" s="187"/>
       <c r="C4" s="187"/>
     </row>
-    <row r="5" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A5" s="186"/>
       <c r="B5" s="187"/>
       <c r="C5" s="187"/>
     </row>
-    <row r="6" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="186"/>
       <c r="B6" s="187"/>
       <c r="C6" s="187"/>
     </row>
-    <row r="7" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="20" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="441">
         <f>'Cover Page'!D12</f>
         <v>0</v>
       </c>
       <c r="C7" s="442"/>
       <c r="D7" s="442"/>
       <c r="E7" s="443"/>
       <c r="F7" s="21" t="s">
         <v>172</v>
       </c>
       <c r="G7" s="31"/>
       <c r="J7" s="83" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:10" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A8" s="19" t="s">
         <v>294</v>
       </c>
       <c r="B8" s="444"/>
       <c r="C8" s="445"/>
       <c r="D8" s="445"/>
       <c r="E8" s="446"/>
       <c r="F8" s="21" t="s">
         <v>174</v>
       </c>
       <c r="G8" s="31"/>
       <c r="J8" s="83" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" ht="15.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="19" t="s">
         <v>295</v>
       </c>
       <c r="B9" s="447">
         <f>'Cover Page'!D13</f>
         <v>0</v>
       </c>
       <c r="C9" s="448"/>
       <c r="D9" s="448"/>
       <c r="E9" s="449"/>
       <c r="F9" s="21" t="s">
         <v>176</v>
       </c>
       <c r="G9" s="207"/>
       <c r="J9" s="83" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="206" t="s">
         <v>296</v>
       </c>
       <c r="D10" s="83"/>
       <c r="F10" s="439"/>
       <c r="G10" s="440"/>
     </row>
-    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:10" ht="13" x14ac:dyDescent="0.3">
       <c r="A11" s="433"/>
       <c r="B11" s="433"/>
       <c r="C11" s="433"/>
       <c r="D11" s="433"/>
       <c r="E11" s="433"/>
       <c r="F11" s="434"/>
       <c r="G11" s="434"/>
       <c r="J11" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A12" s="22"/>
       <c r="B12" s="23" t="s">
         <v>297</v>
       </c>
       <c r="C12" s="435"/>
       <c r="D12" s="436"/>
       <c r="E12" s="436"/>
       <c r="F12" s="436"/>
       <c r="G12" s="436"/>
     </row>
-    <row r="13" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:10" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="24" t="s">
         <v>298</v>
       </c>
       <c r="B13" s="25"/>
-      <c r="C13" s="233"/>
+      <c r="C13" s="237"/>
       <c r="D13" s="437" t="s">
         <v>299</v>
       </c>
       <c r="E13" s="437"/>
       <c r="F13" s="438"/>
       <c r="G13" s="438"/>
     </row>
-    <row r="14" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:10" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A14" s="26" t="s">
         <v>300</v>
       </c>
       <c r="B14" s="25"/>
-      <c r="C14" s="236"/>
+      <c r="C14" s="234"/>
       <c r="D14" s="437" t="s">
         <v>301</v>
       </c>
       <c r="E14" s="437"/>
       <c r="F14" s="438"/>
       <c r="G14" s="438"/>
     </row>
-    <row r="15" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="24" t="s">
         <v>302</v>
       </c>
       <c r="B15" s="25"/>
-      <c r="C15" s="236"/>
+      <c r="C15" s="234"/>
       <c r="D15" s="450" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="382"/>
       <c r="F15" s="382"/>
       <c r="G15" s="382"/>
     </row>
-    <row r="16" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="229"/>
       <c r="B16" s="22"/>
-      <c r="C16" s="236"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C16" s="234"/>
+      <c r="D16" s="248"/>
+    </row>
+    <row r="17" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="385" t="s">
-        <v>633</v>
+        <v>303</v>
       </c>
       <c r="B17" s="386"/>
       <c r="C17" s="387"/>
       <c r="D17" s="394" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E17" s="395"/>
       <c r="F17" s="400" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="G17" s="401"/>
     </row>
-    <row r="18" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="388"/>
       <c r="B18" s="389"/>
       <c r="C18" s="390"/>
       <c r="D18" s="396"/>
       <c r="E18" s="397"/>
       <c r="F18" s="401"/>
       <c r="G18" s="401"/>
     </row>
-    <row r="19" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="391"/>
       <c r="B19" s="392"/>
       <c r="C19" s="393"/>
       <c r="D19" s="398"/>
       <c r="E19" s="399"/>
       <c r="F19" s="401"/>
       <c r="G19" s="401"/>
     </row>
-    <row r="20" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:7" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="451" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B20" s="451"/>
       <c r="C20" s="452"/>
       <c r="D20" s="415" t="s">
         <v>184</v>
       </c>
       <c r="E20" s="416"/>
       <c r="F20" s="427" t="s">
         <v>185</v>
       </c>
       <c r="G20" s="427"/>
     </row>
-    <row r="21" spans="1:7" ht="22.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:7" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="453"/>
       <c r="B21" s="453"/>
       <c r="C21" s="454"/>
       <c r="D21" s="456"/>
       <c r="E21" s="457"/>
       <c r="F21" s="426"/>
       <c r="G21" s="426"/>
     </row>
-    <row r="22" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="407" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B22" s="407"/>
       <c r="C22" s="407"/>
       <c r="D22" s="429"/>
       <c r="E22" s="430"/>
       <c r="F22" s="429"/>
       <c r="G22" s="430"/>
     </row>
-    <row r="23" spans="1:7" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="407" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B23" s="407"/>
       <c r="C23" s="407"/>
       <c r="D23" s="431"/>
       <c r="E23" s="432"/>
       <c r="F23" s="431"/>
       <c r="G23" s="432"/>
     </row>
-    <row r="24" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A24" s="460" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B24" s="461"/>
       <c r="C24" s="462"/>
       <c r="D24" s="408"/>
       <c r="E24" s="409"/>
       <c r="F24" s="408"/>
       <c r="G24" s="409"/>
     </row>
-    <row r="25" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A25" s="407" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B25" s="407"/>
       <c r="C25" s="407"/>
       <c r="D25" s="408"/>
       <c r="E25" s="409"/>
       <c r="F25" s="408"/>
       <c r="G25" s="409"/>
     </row>
-    <row r="26" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A26" s="407" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B26" s="407"/>
       <c r="C26" s="407"/>
       <c r="D26" s="408"/>
       <c r="E26" s="409"/>
       <c r="F26" s="408"/>
       <c r="G26" s="409"/>
     </row>
-    <row r="27" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A27" s="407" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B27" s="407"/>
       <c r="C27" s="407"/>
       <c r="D27" s="408"/>
       <c r="E27" s="409"/>
       <c r="F27" s="408"/>
       <c r="G27" s="409"/>
     </row>
-    <row r="28" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A28" s="407" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B28" s="407"/>
       <c r="C28" s="407"/>
       <c r="D28" s="410"/>
       <c r="E28" s="410"/>
       <c r="F28" s="410"/>
       <c r="G28" s="410"/>
     </row>
-    <row r="29" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A29" s="407" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B29" s="407"/>
       <c r="C29" s="407"/>
       <c r="D29" s="410"/>
       <c r="E29" s="410"/>
       <c r="F29" s="410"/>
       <c r="G29" s="410"/>
     </row>
-    <row r="30" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A30" s="422" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B30" s="422"/>
       <c r="C30" s="422"/>
       <c r="D30" s="410"/>
       <c r="E30" s="410"/>
       <c r="F30" s="410"/>
       <c r="G30" s="410"/>
     </row>
-    <row r="31" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A31" s="422" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B31" s="422"/>
       <c r="C31" s="422"/>
       <c r="D31" s="410"/>
       <c r="E31" s="410"/>
       <c r="F31" s="410"/>
       <c r="G31" s="410"/>
     </row>
-    <row r="32" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="407" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B32" s="407"/>
       <c r="C32" s="407"/>
       <c r="D32" s="410"/>
       <c r="E32" s="410"/>
       <c r="F32" s="410"/>
       <c r="G32" s="410"/>
     </row>
-    <row r="33" spans="1:7" ht="44.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:7" ht="44.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="423" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B33" s="424"/>
       <c r="C33" s="424"/>
       <c r="D33" s="425" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E33" s="426"/>
       <c r="F33" s="427" t="s">
         <v>185</v>
       </c>
       <c r="G33" s="428"/>
     </row>
-    <row r="34" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="407" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B34" s="407"/>
       <c r="C34" s="407"/>
       <c r="D34" s="410"/>
       <c r="E34" s="410"/>
       <c r="F34" s="410"/>
       <c r="G34" s="410"/>
     </row>
-    <row r="35" spans="1:7" ht="23.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" ht="23.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="407" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B35" s="407"/>
       <c r="C35" s="407"/>
       <c r="D35" s="410"/>
       <c r="E35" s="410"/>
       <c r="F35" s="410"/>
       <c r="G35" s="410"/>
     </row>
-    <row r="36" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A36" s="422" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B36" s="422"/>
       <c r="C36" s="422"/>
       <c r="D36" s="410"/>
       <c r="E36" s="410"/>
       <c r="F36" s="410"/>
       <c r="G36" s="410"/>
     </row>
-    <row r="37" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A37" s="422" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B37" s="422"/>
       <c r="C37" s="422"/>
       <c r="D37" s="408"/>
       <c r="E37" s="409"/>
       <c r="F37" s="408"/>
       <c r="G37" s="409"/>
     </row>
-    <row r="38" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A38" s="422" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B38" s="422"/>
       <c r="C38" s="422"/>
       <c r="D38" s="408"/>
       <c r="E38" s="409"/>
       <c r="F38" s="408"/>
       <c r="G38" s="409"/>
     </row>
-    <row r="39" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A39" s="422" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B39" s="422"/>
       <c r="C39" s="422"/>
       <c r="D39" s="408"/>
       <c r="E39" s="409"/>
       <c r="F39" s="408"/>
       <c r="G39" s="409"/>
     </row>
-    <row r="40" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A40" s="407" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B40" s="407"/>
       <c r="C40" s="407"/>
       <c r="D40" s="408"/>
       <c r="E40" s="409"/>
       <c r="F40" s="408"/>
       <c r="G40" s="409"/>
     </row>
-    <row r="41" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:7" ht="21.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="405" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B41" s="406"/>
       <c r="C41" s="406"/>
       <c r="D41" s="415" t="s">
         <v>184</v>
       </c>
       <c r="E41" s="416"/>
       <c r="F41" s="415" t="s">
         <v>185</v>
       </c>
       <c r="G41" s="416"/>
     </row>
-    <row r="42" spans="1:7" ht="22.15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:7" ht="22.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="419" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B42" s="420"/>
       <c r="C42" s="421"/>
       <c r="D42" s="417"/>
       <c r="E42" s="418"/>
       <c r="F42" s="417"/>
       <c r="G42" s="418"/>
     </row>
-    <row r="43" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="407" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B43" s="407"/>
       <c r="C43" s="407"/>
       <c r="D43" s="408"/>
       <c r="E43" s="409"/>
       <c r="F43" s="410"/>
       <c r="G43" s="410"/>
     </row>
-    <row r="44" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="407" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B44" s="407"/>
       <c r="C44" s="407"/>
       <c r="D44" s="408"/>
       <c r="E44" s="409"/>
       <c r="F44" s="410"/>
       <c r="G44" s="410"/>
     </row>
-    <row r="45" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A45" s="407" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B45" s="407"/>
       <c r="C45" s="407"/>
       <c r="D45" s="408"/>
       <c r="E45" s="409"/>
       <c r="F45" s="410"/>
       <c r="G45" s="410"/>
     </row>
-    <row r="46" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A46" s="407" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B46" s="407"/>
       <c r="C46" s="407"/>
       <c r="D46" s="408"/>
       <c r="E46" s="409"/>
       <c r="F46" s="408"/>
       <c r="G46" s="409"/>
     </row>
-    <row r="47" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A47" s="411" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B47" s="412"/>
       <c r="C47" s="412"/>
       <c r="D47" s="413"/>
       <c r="E47" s="414"/>
       <c r="F47" s="413"/>
       <c r="G47" s="414"/>
     </row>
-    <row r="48" spans="1:7" ht="29.45" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C48" s="251"/>
+    <row r="48" spans="1:7" ht="29.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="256"/>
+      <c r="B48" s="256"/>
+      <c r="C48" s="256"/>
       <c r="D48" s="75"/>
       <c r="E48" s="75"/>
       <c r="F48" s="75"/>
       <c r="G48" s="75"/>
     </row>
-    <row r="49" spans="1:7" ht="29.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:7" ht="29.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="455" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B49" s="455"/>
       <c r="C49" s="455"/>
       <c r="D49" s="415" t="s">
         <v>184</v>
       </c>
       <c r="E49" s="416"/>
       <c r="F49" s="427" t="s">
         <v>185</v>
       </c>
       <c r="G49" s="427"/>
     </row>
-    <row r="50" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="458" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B50" s="459"/>
       <c r="C50" s="459"/>
       <c r="D50" s="456"/>
       <c r="E50" s="457"/>
       <c r="F50" s="426"/>
       <c r="G50" s="426"/>
     </row>
-    <row r="51" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" ht="15" x14ac:dyDescent="0.3">
       <c r="A51" s="27" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B51" s="28"/>
       <c r="C51" s="28"/>
       <c r="D51" s="29" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E51" s="29" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F51" s="29" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G51" s="29" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      <c r="A52" s="247" t="s">
         <v>332</v>
       </c>
-      <c r="B52" s="248"/>
+    </row>
+    <row r="52" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="249" t="s">
+        <v>333</v>
+      </c>
+      <c r="B52" s="250"/>
       <c r="C52" s="30"/>
-      <c r="D52" s="250"/>
-      <c r="E52" s="250"/>
+      <c r="D52" s="255"/>
+      <c r="E52" s="255"/>
       <c r="F52" s="82"/>
       <c r="G52" s="82"/>
     </row>
-    <row r="53" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A53" s="253" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B53" s="254"/>
       <c r="C53" s="30"/>
-      <c r="D53" s="250"/>
-      <c r="E53" s="250"/>
+      <c r="D53" s="255"/>
+      <c r="E53" s="255"/>
       <c r="F53" s="82"/>
       <c r="G53" s="82"/>
     </row>
-    <row r="54" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B54" s="248"/>
+    <row r="54" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A54" s="249" t="s">
+        <v>335</v>
+      </c>
+      <c r="B54" s="250"/>
       <c r="C54" s="30"/>
-      <c r="D54" s="250"/>
-      <c r="E54" s="250"/>
+      <c r="D54" s="255"/>
+      <c r="E54" s="255"/>
       <c r="F54" s="82"/>
       <c r="G54" s="82"/>
     </row>
-    <row r="55" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B55" s="248"/>
+    <row r="55" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="249" t="s">
+        <v>336</v>
+      </c>
+      <c r="B55" s="250"/>
       <c r="C55" s="30"/>
-      <c r="D55" s="250"/>
-      <c r="E55" s="250"/>
+      <c r="D55" s="255"/>
+      <c r="E55" s="255"/>
       <c r="F55" s="82"/>
       <c r="G55" s="82"/>
     </row>
-    <row r="56" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B56" s="248"/>
+    <row r="56" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="249" t="s">
+        <v>337</v>
+      </c>
+      <c r="B56" s="250"/>
       <c r="C56" s="30"/>
-      <c r="D56" s="250"/>
-      <c r="E56" s="250"/>
+      <c r="D56" s="255"/>
+      <c r="E56" s="255"/>
       <c r="F56" s="82"/>
       <c r="G56" s="82"/>
     </row>
-    <row r="57" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B57" s="248"/>
+    <row r="57" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="249" t="s">
+        <v>338</v>
+      </c>
+      <c r="B57" s="250"/>
       <c r="C57" s="30"/>
-      <c r="D57" s="250"/>
-      <c r="E57" s="250"/>
+      <c r="D57" s="255"/>
+      <c r="E57" s="255"/>
       <c r="F57" s="82"/>
       <c r="G57" s="82"/>
     </row>
-    <row r="58" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E58" s="250"/>
+    <row r="58" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A58" s="249" t="s">
+        <v>339</v>
+      </c>
+      <c r="B58" s="250"/>
+      <c r="C58" s="251"/>
+      <c r="D58" s="255"/>
+      <c r="E58" s="255"/>
       <c r="F58" s="82"/>
       <c r="G58" s="82"/>
     </row>
-    <row r="59" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E59" s="250"/>
+    <row r="59" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A59" s="249" t="s">
+        <v>340</v>
+      </c>
+      <c r="B59" s="250"/>
+      <c r="C59" s="251"/>
+      <c r="D59" s="255"/>
+      <c r="E59" s="255"/>
       <c r="F59" s="82"/>
       <c r="G59" s="82"/>
     </row>
-    <row r="60" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E60" s="250"/>
+    <row r="60" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="249" t="s">
+        <v>341</v>
+      </c>
+      <c r="B60" s="250"/>
+      <c r="C60" s="251"/>
+      <c r="D60" s="255"/>
+      <c r="E60" s="255"/>
       <c r="F60" s="82"/>
       <c r="G60" s="82"/>
     </row>
-    <row r="61" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A61" s="402" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B61" s="403"/>
       <c r="C61" s="404"/>
-      <c r="D61" s="250"/>
-      <c r="E61" s="250"/>
+      <c r="D61" s="255"/>
+      <c r="E61" s="255"/>
       <c r="F61" s="82"/>
       <c r="G61" s="82"/>
     </row>
-    <row r="62" spans="1:7" ht="24.4" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:7" ht="24.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="405" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B62" s="406"/>
       <c r="C62" s="406"/>
       <c r="D62" s="415" t="s">
         <v>184</v>
       </c>
       <c r="E62" s="416"/>
       <c r="F62" s="427" t="s">
         <v>185</v>
       </c>
       <c r="G62" s="427"/>
     </row>
-    <row r="63" spans="1:7" ht="20.45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:7" ht="20.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="419" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B63" s="420"/>
       <c r="C63" s="421"/>
       <c r="D63" s="456"/>
       <c r="E63" s="457"/>
       <c r="F63" s="426"/>
       <c r="G63" s="426"/>
     </row>
-    <row r="64" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" ht="15" x14ac:dyDescent="0.3">
       <c r="A64" s="32" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B64" s="33"/>
       <c r="C64" s="33"/>
       <c r="D64" s="29" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E64" s="29" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F64" s="29" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="G64" s="29" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      <c r="A65" s="247" t="s">
         <v>332</v>
       </c>
-      <c r="B65" s="248"/>
+    </row>
+    <row r="65" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A65" s="249" t="s">
+        <v>333</v>
+      </c>
+      <c r="B65" s="250"/>
       <c r="C65" s="30"/>
-      <c r="D65" s="250"/>
-      <c r="E65" s="250"/>
+      <c r="D65" s="255"/>
+      <c r="E65" s="255"/>
       <c r="F65" s="82"/>
       <c r="G65" s="82"/>
     </row>
-    <row r="66" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A66" s="253" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B66" s="254"/>
       <c r="C66" s="30"/>
-      <c r="D66" s="250"/>
-      <c r="E66" s="250"/>
+      <c r="D66" s="255"/>
+      <c r="E66" s="255"/>
       <c r="F66" s="82"/>
       <c r="G66" s="82"/>
     </row>
-    <row r="67" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B67" s="248"/>
+    <row r="67" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A67" s="249" t="s">
+        <v>335</v>
+      </c>
+      <c r="B67" s="250"/>
       <c r="C67" s="30"/>
-      <c r="D67" s="250"/>
-      <c r="E67" s="250"/>
+      <c r="D67" s="255"/>
+      <c r="E67" s="255"/>
       <c r="F67" s="82"/>
       <c r="G67" s="82"/>
     </row>
-    <row r="68" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B68" s="248"/>
+    <row r="68" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A68" s="249" t="s">
+        <v>336</v>
+      </c>
+      <c r="B68" s="250"/>
       <c r="C68" s="30"/>
-      <c r="D68" s="250"/>
-      <c r="E68" s="250"/>
+      <c r="D68" s="255"/>
+      <c r="E68" s="255"/>
       <c r="F68" s="82"/>
       <c r="G68" s="82"/>
     </row>
-    <row r="69" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B69" s="248"/>
+    <row r="69" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A69" s="249" t="s">
+        <v>337</v>
+      </c>
+      <c r="B69" s="250"/>
       <c r="C69" s="30"/>
-      <c r="D69" s="250"/>
-      <c r="E69" s="250"/>
+      <c r="D69" s="255"/>
+      <c r="E69" s="255"/>
       <c r="F69" s="82"/>
       <c r="G69" s="82"/>
     </row>
-    <row r="70" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B70" s="248"/>
+    <row r="70" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A70" s="249" t="s">
+        <v>338</v>
+      </c>
+      <c r="B70" s="250"/>
       <c r="C70" s="30"/>
-      <c r="D70" s="250"/>
-      <c r="E70" s="250"/>
+      <c r="D70" s="255"/>
+      <c r="E70" s="255"/>
       <c r="F70" s="82"/>
       <c r="G70" s="82"/>
     </row>
-    <row r="71" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E71" s="250"/>
+    <row r="71" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A71" s="249" t="s">
+        <v>339</v>
+      </c>
+      <c r="B71" s="250"/>
+      <c r="C71" s="251"/>
+      <c r="D71" s="255"/>
+      <c r="E71" s="255"/>
       <c r="F71" s="82"/>
       <c r="G71" s="82"/>
     </row>
-    <row r="72" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E72" s="250"/>
+    <row r="72" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="249" t="s">
+        <v>340</v>
+      </c>
+      <c r="B72" s="250"/>
+      <c r="C72" s="251"/>
+      <c r="D72" s="255"/>
+      <c r="E72" s="255"/>
       <c r="F72" s="82"/>
       <c r="G72" s="82"/>
     </row>
-    <row r="73" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E73" s="250"/>
+    <row r="73" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A73" s="249" t="s">
+        <v>341</v>
+      </c>
+      <c r="B73" s="250"/>
+      <c r="C73" s="251"/>
+      <c r="D73" s="255"/>
+      <c r="E73" s="255"/>
       <c r="F73" s="82"/>
       <c r="G73" s="82"/>
     </row>
-    <row r="74" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="402" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B74" s="403"/>
       <c r="C74" s="404"/>
-      <c r="D74" s="250"/>
-      <c r="E74" s="250"/>
+      <c r="D74" s="255"/>
+      <c r="E74" s="255"/>
       <c r="F74" s="31"/>
       <c r="G74" s="31"/>
     </row>
-    <row r="75" spans="1:7" ht="21.6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:7" ht="21.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="405" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B75" s="406"/>
       <c r="C75" s="406"/>
       <c r="D75" s="13"/>
       <c r="E75" s="34"/>
       <c r="F75" s="35"/>
       <c r="G75" s="36"/>
     </row>
-    <row r="76" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A76" s="407" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B76" s="407"/>
       <c r="C76" s="407"/>
       <c r="D76" s="408"/>
       <c r="E76" s="409"/>
       <c r="F76" s="408"/>
       <c r="G76" s="409"/>
     </row>
-    <row r="77" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A77" s="401" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B77" s="401"/>
       <c r="C77" s="401"/>
       <c r="D77" s="408"/>
       <c r="E77" s="409"/>
       <c r="F77" s="408"/>
       <c r="G77" s="409"/>
     </row>
-    <row r="78" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:7" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A78" s="475" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B78" s="475"/>
       <c r="C78" s="475"/>
       <c r="D78" s="413"/>
       <c r="E78" s="414"/>
       <c r="F78" s="413"/>
       <c r="G78" s="414"/>
     </row>
-    <row r="79" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:7" ht="13" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="476"/>
       <c r="B79" s="476"/>
       <c r="C79" s="476"/>
       <c r="D79" s="37"/>
       <c r="E79" s="37"/>
       <c r="F79" s="252"/>
       <c r="G79" s="252"/>
     </row>
-    <row r="80" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="463" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B80" s="464"/>
       <c r="C80" s="464"/>
       <c r="D80" s="464"/>
       <c r="E80" s="464"/>
       <c r="F80" s="464"/>
       <c r="G80" s="465"/>
     </row>
-    <row r="81" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="466"/>
       <c r="B81" s="382"/>
       <c r="C81" s="382"/>
       <c r="D81" s="382"/>
       <c r="E81" s="382"/>
       <c r="F81" s="382"/>
       <c r="G81" s="467"/>
     </row>
-    <row r="82" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="468"/>
       <c r="B82" s="469"/>
       <c r="C82" s="469"/>
       <c r="D82" s="469"/>
       <c r="E82" s="469"/>
       <c r="F82" s="469"/>
       <c r="G82" s="470"/>
     </row>
-    <row r="83" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A83" s="471"/>
       <c r="B83" s="469"/>
       <c r="C83" s="469"/>
       <c r="D83" s="469"/>
       <c r="E83" s="469"/>
       <c r="F83" s="469"/>
       <c r="G83" s="470"/>
     </row>
-    <row r="84" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="471"/>
       <c r="B84" s="469"/>
       <c r="C84" s="469"/>
       <c r="D84" s="469"/>
       <c r="E84" s="469"/>
       <c r="F84" s="469"/>
       <c r="G84" s="470"/>
     </row>
-    <row r="85" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A85" s="471"/>
       <c r="B85" s="469"/>
       <c r="C85" s="469"/>
       <c r="D85" s="469"/>
       <c r="E85" s="469"/>
       <c r="F85" s="469"/>
       <c r="G85" s="470"/>
     </row>
-    <row r="86" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A86" s="471"/>
       <c r="B86" s="469"/>
       <c r="C86" s="469"/>
       <c r="D86" s="469"/>
       <c r="E86" s="469"/>
       <c r="F86" s="469"/>
       <c r="G86" s="470"/>
     </row>
-    <row r="87" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A87" s="471"/>
       <c r="B87" s="469"/>
       <c r="C87" s="469"/>
       <c r="D87" s="469"/>
       <c r="E87" s="469"/>
       <c r="F87" s="469"/>
       <c r="G87" s="470"/>
     </row>
-    <row r="88" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A88" s="471"/>
       <c r="B88" s="469"/>
       <c r="C88" s="469"/>
       <c r="D88" s="469"/>
       <c r="E88" s="469"/>
       <c r="F88" s="469"/>
       <c r="G88" s="470"/>
     </row>
-    <row r="89" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A89" s="471"/>
       <c r="B89" s="469"/>
       <c r="C89" s="469"/>
       <c r="D89" s="469"/>
       <c r="E89" s="469"/>
       <c r="F89" s="469"/>
       <c r="G89" s="470"/>
     </row>
-    <row r="90" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A90" s="471"/>
       <c r="B90" s="469"/>
       <c r="C90" s="469"/>
       <c r="D90" s="469"/>
       <c r="E90" s="469"/>
       <c r="F90" s="469"/>
       <c r="G90" s="470"/>
     </row>
-    <row r="91" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A91" s="471"/>
       <c r="B91" s="469"/>
       <c r="C91" s="469"/>
       <c r="D91" s="469"/>
       <c r="E91" s="469"/>
       <c r="F91" s="469"/>
       <c r="G91" s="470"/>
     </row>
-    <row r="92" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A92" s="471"/>
       <c r="B92" s="469"/>
       <c r="C92" s="469"/>
       <c r="D92" s="469"/>
       <c r="E92" s="469"/>
       <c r="F92" s="469"/>
       <c r="G92" s="470"/>
     </row>
-    <row r="93" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A93" s="471"/>
       <c r="B93" s="469"/>
       <c r="C93" s="469"/>
       <c r="D93" s="469"/>
       <c r="E93" s="469"/>
       <c r="F93" s="469"/>
       <c r="G93" s="470"/>
     </row>
-    <row r="94" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:7" ht="13" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A94" s="472"/>
       <c r="B94" s="473"/>
       <c r="C94" s="473"/>
       <c r="D94" s="473"/>
       <c r="E94" s="473"/>
       <c r="F94" s="473"/>
       <c r="G94" s="474"/>
     </row>
-    <row r="95" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B95" s="53"/>
       <c r="C95" s="53"/>
     </row>
-    <row r="96" spans="1:7" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B96" s="53"/>
       <c r="C96" s="53"/>
     </row>
-    <row r="97" spans="2:3" x14ac:dyDescent="0.2">
+    <row r="97" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B97" s="53"/>
       <c r="C97" s="53"/>
     </row>
-    <row r="98" spans="2:3" x14ac:dyDescent="0.2">
+    <row r="98" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B98" s="53"/>
       <c r="C98" s="53"/>
     </row>
-    <row r="99" spans="2:3" x14ac:dyDescent="0.2">
+    <row r="99" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B99" s="53"/>
       <c r="C99" s="53"/>
     </row>
   </sheetData>
   <mergeCells count="116">
     <mergeCell ref="A80:G81"/>
     <mergeCell ref="A82:G94"/>
     <mergeCell ref="D77:E77"/>
     <mergeCell ref="F77:G77"/>
     <mergeCell ref="A78:C78"/>
     <mergeCell ref="D78:E78"/>
     <mergeCell ref="F78:G78"/>
     <mergeCell ref="A79:C79"/>
     <mergeCell ref="A77:C77"/>
     <mergeCell ref="D15:G15"/>
     <mergeCell ref="A20:C21"/>
     <mergeCell ref="A49:C49"/>
     <mergeCell ref="D49:E50"/>
     <mergeCell ref="F49:G50"/>
     <mergeCell ref="A50:C50"/>
     <mergeCell ref="A62:C62"/>
     <mergeCell ref="D62:E63"/>
     <mergeCell ref="F62:G63"/>
     <mergeCell ref="A63:C63"/>
     <mergeCell ref="A61:C61"/>
@@ -25964,428 +25944,430 @@
     <mergeCell ref="D43:E43"/>
   </mergeCells>
   <pageMargins left="0.45" right="0.45" top="0.5" bottom="0.5" header="0.05" footer="0.3"/>
   <pageSetup scale="85" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Times New Roman,Bold"&amp;12 </oddHeader>
     <oddFooter xml:space="preserve">&amp;R
 &amp;8
 </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="48" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="10242" r:id="rId4" name="Check Box 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>16</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>285750</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="10243" r:id="rId5" name="Check Box 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>428625</xdr:colOff>
+                    <xdr:colOff>431800</xdr:colOff>
                     <xdr:row>16</xdr:row>
-                    <xdr:rowOff>104775</xdr:rowOff>
+                    <xdr:rowOff>107950</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
-                    <xdr:colOff>657225</xdr:colOff>
+                    <xdr:colOff>660400</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EA7A9B4E-D5F6-4513-83D9-48213861A610}">
           <x14:formula1>
             <xm:f>'Activity Names, Numbers &amp; Codes'!$D$8:$D$38</xm:f>
           </x14:formula1>
           <xm:sqref>F10:G10</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7CAE5BF3-8C10-4680-918A-78EFA05A9F84}">
   <sheetPr codeName="Sheet8">
     <tabColor rgb="FFFFFF00"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E20"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="75" workbookViewId="0"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="71.42578125" style="116" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.85546875" style="117"/>
+    <col min="1" max="1" width="71.453125" style="116" customWidth="1"/>
+    <col min="2" max="2" width="1.1796875" style="116" customWidth="1"/>
+    <col min="3" max="3" width="73.81640625" style="116" customWidth="1"/>
+    <col min="4" max="4" width="1.1796875" style="116" customWidth="1"/>
+    <col min="5" max="5" width="73.1796875" style="116" customWidth="1"/>
+    <col min="6" max="16384" width="8.81640625" style="117"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="110" customFormat="1" ht="91.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:5" s="110" customFormat="1" ht="91.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A1" s="109" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B1" s="109"/>
       <c r="C1" s="109" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D1" s="109"/>
       <c r="E1" s="109" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" s="112" customFormat="1" ht="53.45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="112" customFormat="1" ht="53.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="111" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B2" s="111"/>
       <c r="C2" s="111" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D2" s="111"/>
       <c r="E2" s="111" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5" s="112" customFormat="1" ht="95.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" s="112" customFormat="1" ht="95.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="111" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B3" s="111"/>
       <c r="C3" s="111" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D3" s="111"/>
       <c r="E3" s="111" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" s="114" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" s="114" customFormat="1" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A4" s="113" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B4" s="113"/>
       <c r="C4" s="113" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D4" s="113"/>
       <c r="E4" s="113" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="115" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B5" s="115"/>
       <c r="C5" s="115" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D5" s="115"/>
       <c r="E5" s="116" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="115" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B6" s="115"/>
       <c r="C6" s="115" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D6" s="115"/>
       <c r="E6" s="115" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="115" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B7" s="115"/>
       <c r="C7" s="115" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D7" s="115"/>
       <c r="E7" s="115" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="118" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B8" s="115"/>
       <c r="C8" s="115" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D8" s="115"/>
       <c r="E8" s="115" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="118" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B9" s="115"/>
       <c r="C9" s="115" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D9" s="115"/>
       <c r="E9" s="115" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="119" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B10" s="115"/>
       <c r="C10" s="115" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D10" s="115"/>
       <c r="E10" s="115" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="118" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B11" s="115"/>
       <c r="C11" s="115" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D11" s="115"/>
       <c r="E11" s="115" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="44.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="119" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B12" s="115"/>
       <c r="C12" s="115" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D12" s="115"/>
       <c r="E12" s="115" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="118" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B13" s="115"/>
       <c r="C13" s="115" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D13" s="115"/>
       <c r="E13" s="115" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="118" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B14" s="115"/>
       <c r="C14" s="115" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D14" s="115"/>
       <c r="E14" s="115" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="118" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B15" s="115"/>
       <c r="C15" s="115" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D15" s="115"/>
       <c r="E15" s="115" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="57.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="118" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B16" s="115"/>
       <c r="C16" s="115" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D16" s="115"/>
       <c r="E16" s="115" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="118" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B17" s="115"/>
       <c r="C17" s="115" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D17" s="115"/>
       <c r="E17" s="115" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="118" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B18" s="115"/>
       <c r="C18" s="115" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D18" s="115"/>
       <c r="E18" s="115" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.35">
       <c r="D19" s="115"/>
       <c r="E19" s="115" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.35">
       <c r="D20" s="115"/>
     </row>
   </sheetData>
   <pageMargins left="0.5" right="0.5" top="0" bottom="0" header="0.5" footer="0.5"/>
-  <pageSetup scale="58" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup scale="58" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A535D44-90FA-44AA-A1B3-B73BB4DAA08E}">
   <sheetPr codeName="Sheet9">
     <tabColor theme="7" tint="-0.249977111117893"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:JQ91"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:U3"/>
+      <selection activeCell="A7" sqref="A7:L7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.85546875" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="24.140625" style="123" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="15.42578125" style="123" customWidth="1"/>
+    <col min="1" max="1" width="24.1796875" style="123" customWidth="1"/>
+    <col min="2" max="2" width="15.26953125" style="123" customWidth="1"/>
+    <col min="3" max="3" width="12.453125" style="123" customWidth="1"/>
+    <col min="4" max="4" width="13.1796875" style="123" customWidth="1"/>
+    <col min="5" max="5" width="19.81640625" style="123" customWidth="1"/>
+    <col min="6" max="6" width="27.7265625" style="123" customWidth="1"/>
+    <col min="7" max="7" width="9.81640625" style="123"/>
+    <col min="8" max="8" width="15.453125" style="123" customWidth="1"/>
     <col min="9" max="9" width="12" style="123" customWidth="1"/>
-    <col min="10" max="13" width="9.85546875" style="123"/>
-[...4 lines deleted...]
-    <col min="278" max="16384" width="9.85546875" style="123"/>
+    <col min="10" max="13" width="9.81640625" style="123"/>
+    <col min="14" max="14" width="5.81640625" style="123" customWidth="1"/>
+    <col min="15" max="15" width="9.81640625" style="123"/>
+    <col min="16" max="16" width="7.1796875" style="123" customWidth="1"/>
+    <col min="17" max="21" width="9.81640625" style="123"/>
+    <col min="278" max="16384" width="9.81640625" style="123"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:277" s="121" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:277" s="121" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="487" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B1" s="487"/>
       <c r="C1" s="487"/>
       <c r="D1" s="487"/>
       <c r="E1" s="487"/>
       <c r="F1" s="487"/>
       <c r="G1" s="488" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H1" s="489"/>
       <c r="I1" s="489"/>
       <c r="J1" s="489"/>
       <c r="K1" s="489"/>
       <c r="L1" s="489"/>
       <c r="M1" s="489"/>
       <c r="N1" s="489"/>
       <c r="O1" s="489"/>
       <c r="P1" s="490" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="Q1" s="489"/>
       <c r="R1" s="489"/>
       <c r="S1" s="489"/>
       <c r="T1" s="489"/>
       <c r="U1" s="489"/>
       <c r="V1"/>
       <c r="W1"/>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1"/>
       <c r="AA1"/>
       <c r="AB1"/>
       <c r="AC1"/>
       <c r="AD1"/>
       <c r="AE1"/>
       <c r="AF1"/>
       <c r="AG1"/>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
       <c r="AN1"/>
@@ -26605,78 +26587,78 @@
       <c r="IT1"/>
       <c r="IU1"/>
       <c r="IV1"/>
       <c r="IW1"/>
       <c r="IX1"/>
       <c r="IY1"/>
       <c r="IZ1"/>
       <c r="JA1"/>
       <c r="JB1"/>
       <c r="JC1"/>
       <c r="JD1"/>
       <c r="JE1"/>
       <c r="JF1"/>
       <c r="JG1"/>
       <c r="JH1"/>
       <c r="JI1"/>
       <c r="JJ1"/>
       <c r="JK1"/>
       <c r="JL1"/>
       <c r="JM1"/>
       <c r="JN1"/>
       <c r="JO1"/>
       <c r="JP1"/>
       <c r="JQ1"/>
     </row>
-    <row r="2" spans="1:277" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:277" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="491" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B2" s="491"/>
       <c r="C2" s="491"/>
       <c r="D2" s="491"/>
       <c r="E2" s="491"/>
       <c r="F2" s="491"/>
       <c r="G2" s="491"/>
       <c r="H2" s="491"/>
       <c r="I2" s="491"/>
       <c r="J2" s="491"/>
       <c r="K2" s="491"/>
       <c r="L2" s="491"/>
       <c r="M2" s="491"/>
       <c r="N2" s="491"/>
       <c r="O2" s="491"/>
       <c r="P2" s="491"/>
       <c r="Q2" s="491"/>
       <c r="R2" s="491"/>
       <c r="S2" s="491"/>
       <c r="T2" s="492"/>
       <c r="U2" s="492"/>
     </row>
-    <row r="3" spans="1:277" s="120" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:277" s="120" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="491" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B3" s="491"/>
       <c r="C3" s="491"/>
       <c r="D3" s="491"/>
       <c r="E3" s="491"/>
       <c r="F3" s="491"/>
       <c r="G3" s="491"/>
       <c r="H3" s="491"/>
       <c r="I3" s="491"/>
       <c r="J3" s="491"/>
       <c r="K3" s="491"/>
       <c r="L3" s="491"/>
       <c r="M3" s="491"/>
       <c r="N3" s="491"/>
       <c r="O3" s="491"/>
       <c r="P3" s="491"/>
       <c r="Q3" s="491"/>
       <c r="R3" s="491"/>
       <c r="S3" s="491"/>
       <c r="T3" s="491"/>
       <c r="U3" s="491"/>
       <c r="V3"/>
       <c r="W3"/>
       <c r="X3"/>
       <c r="Y3"/>
@@ -26911,53 +26893,53 @@
       <c r="IT3"/>
       <c r="IU3"/>
       <c r="IV3"/>
       <c r="IW3"/>
       <c r="IX3"/>
       <c r="IY3"/>
       <c r="IZ3"/>
       <c r="JA3"/>
       <c r="JB3"/>
       <c r="JC3"/>
       <c r="JD3"/>
       <c r="JE3"/>
       <c r="JF3"/>
       <c r="JG3"/>
       <c r="JH3"/>
       <c r="JI3"/>
       <c r="JJ3"/>
       <c r="JK3"/>
       <c r="JL3"/>
       <c r="JM3"/>
       <c r="JN3"/>
       <c r="JO3"/>
       <c r="JP3"/>
       <c r="JQ3"/>
     </row>
-    <row r="4" spans="1:277" s="124" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:277" s="124" customFormat="1" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="493" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B4" s="494"/>
       <c r="C4" s="494"/>
       <c r="D4" s="494"/>
       <c r="E4" s="494"/>
       <c r="F4" s="494"/>
       <c r="G4" s="494"/>
       <c r="H4" s="494"/>
       <c r="I4" s="494"/>
       <c r="J4" s="494"/>
       <c r="K4" s="494"/>
       <c r="L4" s="494"/>
       <c r="M4" s="494"/>
       <c r="N4" s="494"/>
       <c r="O4" s="494"/>
       <c r="P4" s="494"/>
       <c r="Q4" s="494"/>
       <c r="R4" s="494"/>
       <c r="S4" s="494"/>
       <c r="T4" s="494"/>
       <c r="U4" s="494"/>
       <c r="V4"/>
       <c r="W4"/>
       <c r="X4"/>
       <c r="Y4"/>
@@ -27192,65 +27174,65 @@
       <c r="IT4"/>
       <c r="IU4"/>
       <c r="IV4"/>
       <c r="IW4"/>
       <c r="IX4"/>
       <c r="IY4"/>
       <c r="IZ4"/>
       <c r="JA4"/>
       <c r="JB4"/>
       <c r="JC4"/>
       <c r="JD4"/>
       <c r="JE4"/>
       <c r="JF4"/>
       <c r="JG4"/>
       <c r="JH4"/>
       <c r="JI4"/>
       <c r="JJ4"/>
       <c r="JK4"/>
       <c r="JL4"/>
       <c r="JM4"/>
       <c r="JN4"/>
       <c r="JO4"/>
       <c r="JP4"/>
       <c r="JQ4"/>
     </row>
-    <row r="5" spans="1:277" s="126" customFormat="1" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:277" s="126" customFormat="1" ht="22.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="477"/>
       <c r="B5" s="478"/>
       <c r="C5" s="478"/>
       <c r="D5" s="478"/>
       <c r="E5" s="478"/>
       <c r="F5" s="478"/>
       <c r="G5" s="478"/>
       <c r="H5" s="478"/>
       <c r="I5" s="478"/>
       <c r="J5" s="478"/>
       <c r="K5" s="478"/>
       <c r="L5" s="479"/>
       <c r="M5" s="480" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="N5" s="481"/>
       <c r="O5" s="482"/>
       <c r="P5" s="478"/>
       <c r="Q5" s="478"/>
       <c r="R5" s="478"/>
       <c r="S5" s="478"/>
       <c r="T5" s="478"/>
       <c r="U5" s="478"/>
       <c r="V5"/>
       <c r="W5"/>
       <c r="X5"/>
       <c r="Y5"/>
       <c r="Z5"/>
       <c r="AA5"/>
       <c r="AB5"/>
       <c r="AC5"/>
       <c r="AD5"/>
       <c r="AE5"/>
       <c r="AF5"/>
       <c r="AG5"/>
       <c r="AH5"/>
       <c r="AI5"/>
       <c r="AJ5"/>
       <c r="AK5"/>
@@ -27473,65 +27455,65 @@
       <c r="IT5"/>
       <c r="IU5"/>
       <c r="IV5"/>
       <c r="IW5"/>
       <c r="IX5"/>
       <c r="IY5"/>
       <c r="IZ5"/>
       <c r="JA5"/>
       <c r="JB5"/>
       <c r="JC5"/>
       <c r="JD5"/>
       <c r="JE5"/>
       <c r="JF5"/>
       <c r="JG5"/>
       <c r="JH5"/>
       <c r="JI5"/>
       <c r="JJ5"/>
       <c r="JK5"/>
       <c r="JL5"/>
       <c r="JM5"/>
       <c r="JN5"/>
       <c r="JO5"/>
       <c r="JP5"/>
       <c r="JQ5"/>
     </row>
-    <row r="6" spans="1:277" s="129" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:277" s="129" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="483"/>
       <c r="B6" s="484"/>
       <c r="C6" s="484"/>
       <c r="D6" s="484"/>
       <c r="E6" s="484"/>
       <c r="F6" s="484"/>
       <c r="G6" s="484"/>
       <c r="H6" s="484"/>
       <c r="I6" s="484"/>
       <c r="J6" s="484"/>
       <c r="K6" s="484"/>
       <c r="L6" s="485"/>
       <c r="M6" s="127" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N6" s="128"/>
       <c r="O6" s="486"/>
       <c r="P6" s="484"/>
       <c r="Q6" s="484"/>
       <c r="R6" s="484"/>
       <c r="S6" s="484"/>
       <c r="T6" s="484"/>
       <c r="U6" s="484"/>
       <c r="V6"/>
       <c r="W6"/>
       <c r="X6"/>
       <c r="Y6"/>
       <c r="Z6"/>
       <c r="AA6"/>
       <c r="AB6"/>
       <c r="AC6"/>
       <c r="AD6"/>
       <c r="AE6"/>
       <c r="AF6"/>
       <c r="AG6"/>
       <c r="AH6"/>
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
@@ -27754,65 +27736,65 @@
       <c r="IT6"/>
       <c r="IU6"/>
       <c r="IV6"/>
       <c r="IW6"/>
       <c r="IX6"/>
       <c r="IY6"/>
       <c r="IZ6"/>
       <c r="JA6"/>
       <c r="JB6"/>
       <c r="JC6"/>
       <c r="JD6"/>
       <c r="JE6"/>
       <c r="JF6"/>
       <c r="JG6"/>
       <c r="JH6"/>
       <c r="JI6"/>
       <c r="JJ6"/>
       <c r="JK6"/>
       <c r="JL6"/>
       <c r="JM6"/>
       <c r="JN6"/>
       <c r="JO6"/>
       <c r="JP6"/>
       <c r="JQ6"/>
     </row>
-    <row r="7" spans="1:277" s="129" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:277" s="129" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="483"/>
       <c r="B7" s="484"/>
       <c r="C7" s="484"/>
       <c r="D7" s="484"/>
       <c r="E7" s="484"/>
       <c r="F7" s="484"/>
       <c r="G7" s="484"/>
       <c r="H7" s="484"/>
       <c r="I7" s="484"/>
       <c r="J7" s="484"/>
       <c r="K7" s="484"/>
       <c r="L7" s="485"/>
       <c r="M7" s="127" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="N7" s="128"/>
       <c r="O7" s="486"/>
       <c r="P7" s="484"/>
       <c r="Q7" s="484"/>
       <c r="R7" s="484"/>
       <c r="S7" s="484"/>
       <c r="T7" s="484"/>
       <c r="U7" s="484"/>
       <c r="V7"/>
       <c r="W7"/>
       <c r="X7"/>
       <c r="Y7"/>
       <c r="Z7"/>
       <c r="AA7"/>
       <c r="AB7"/>
       <c r="AC7"/>
       <c r="AD7"/>
       <c r="AE7"/>
       <c r="AF7"/>
       <c r="AG7"/>
       <c r="AH7"/>
       <c r="AI7"/>
       <c r="AJ7"/>
       <c r="AK7"/>
@@ -28035,69 +28017,69 @@
       <c r="IT7"/>
       <c r="IU7"/>
       <c r="IV7"/>
       <c r="IW7"/>
       <c r="IX7"/>
       <c r="IY7"/>
       <c r="IZ7"/>
       <c r="JA7"/>
       <c r="JB7"/>
       <c r="JC7"/>
       <c r="JD7"/>
       <c r="JE7"/>
       <c r="JF7"/>
       <c r="JG7"/>
       <c r="JH7"/>
       <c r="JI7"/>
       <c r="JJ7"/>
       <c r="JK7"/>
       <c r="JL7"/>
       <c r="JM7"/>
       <c r="JN7"/>
       <c r="JO7"/>
       <c r="JP7"/>
       <c r="JQ7"/>
     </row>
-    <row r="8" spans="1:277" s="129" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:277" s="129" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A8" s="502"/>
       <c r="B8" s="502"/>
       <c r="C8" s="502"/>
       <c r="D8" s="502"/>
       <c r="E8" s="502"/>
       <c r="F8" s="502"/>
       <c r="G8" s="502"/>
       <c r="H8" s="502"/>
       <c r="I8" s="502"/>
       <c r="J8" s="502"/>
       <c r="K8" s="502"/>
       <c r="L8" s="503"/>
       <c r="M8" s="127" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="N8" s="130"/>
       <c r="O8" s="501" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="P8" s="502"/>
       <c r="Q8" s="502"/>
       <c r="R8" s="502"/>
       <c r="S8" s="502"/>
       <c r="T8" s="502"/>
       <c r="U8" s="502"/>
       <c r="V8"/>
       <c r="W8"/>
       <c r="X8"/>
       <c r="Y8"/>
       <c r="Z8"/>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8"/>
       <c r="AD8"/>
       <c r="AE8"/>
       <c r="AF8"/>
       <c r="AG8"/>
       <c r="AH8"/>
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
@@ -28318,65 +28300,65 @@
       <c r="IT8"/>
       <c r="IU8"/>
       <c r="IV8"/>
       <c r="IW8"/>
       <c r="IX8"/>
       <c r="IY8"/>
       <c r="IZ8"/>
       <c r="JA8"/>
       <c r="JB8"/>
       <c r="JC8"/>
       <c r="JD8"/>
       <c r="JE8"/>
       <c r="JF8"/>
       <c r="JG8"/>
       <c r="JH8"/>
       <c r="JI8"/>
       <c r="JJ8"/>
       <c r="JK8"/>
       <c r="JL8"/>
       <c r="JM8"/>
       <c r="JN8"/>
       <c r="JO8"/>
       <c r="JP8"/>
       <c r="JQ8"/>
     </row>
-    <row r="9" spans="1:277" s="129" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:277" s="129" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A9" s="502"/>
       <c r="B9" s="502"/>
       <c r="C9" s="502"/>
       <c r="D9" s="502"/>
       <c r="E9" s="502"/>
       <c r="F9" s="502"/>
       <c r="G9" s="502"/>
       <c r="H9" s="502"/>
       <c r="I9" s="502"/>
       <c r="J9" s="502"/>
       <c r="K9" s="502"/>
       <c r="L9" s="503"/>
       <c r="M9" s="127" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="N9" s="128"/>
       <c r="O9" s="501"/>
       <c r="P9" s="502"/>
       <c r="Q9" s="502"/>
       <c r="R9" s="502"/>
       <c r="S9" s="502"/>
       <c r="T9" s="502"/>
       <c r="U9" s="502"/>
       <c r="V9"/>
       <c r="W9"/>
       <c r="X9"/>
       <c r="Y9"/>
       <c r="Z9"/>
       <c r="AA9"/>
       <c r="AB9"/>
       <c r="AC9"/>
       <c r="AD9"/>
       <c r="AE9"/>
       <c r="AF9"/>
       <c r="AG9"/>
       <c r="AH9"/>
       <c r="AI9"/>
       <c r="AJ9"/>
       <c r="AK9"/>
@@ -28599,105 +28581,105 @@
       <c r="IT9"/>
       <c r="IU9"/>
       <c r="IV9"/>
       <c r="IW9"/>
       <c r="IX9"/>
       <c r="IY9"/>
       <c r="IZ9"/>
       <c r="JA9"/>
       <c r="JB9"/>
       <c r="JC9"/>
       <c r="JD9"/>
       <c r="JE9"/>
       <c r="JF9"/>
       <c r="JG9"/>
       <c r="JH9"/>
       <c r="JI9"/>
       <c r="JJ9"/>
       <c r="JK9"/>
       <c r="JL9"/>
       <c r="JM9"/>
       <c r="JN9"/>
       <c r="JO9"/>
       <c r="JP9"/>
       <c r="JQ9"/>
     </row>
-    <row r="10" spans="1:277" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:277" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="483"/>
       <c r="B10" s="484"/>
       <c r="C10" s="484"/>
       <c r="D10" s="485"/>
       <c r="E10" s="504"/>
       <c r="F10" s="505"/>
       <c r="G10" s="506" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H10" s="507"/>
       <c r="I10" s="507"/>
       <c r="J10" s="505"/>
       <c r="K10" s="508"/>
       <c r="L10" s="509"/>
       <c r="M10" s="509"/>
       <c r="N10" s="509"/>
       <c r="O10" s="509"/>
       <c r="P10" s="510"/>
       <c r="Q10" s="500"/>
       <c r="R10" s="484"/>
       <c r="S10" s="484"/>
       <c r="T10" s="484"/>
       <c r="U10" s="484"/>
     </row>
-    <row r="11" spans="1:277" s="135" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:277" s="135" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="132" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B11" s="133" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C11" s="133" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D11" s="133" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E11" s="133" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F11" s="133" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="G11" s="134" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H11" s="133" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="I11" s="134" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="J11" s="495" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K11" s="496"/>
       <c r="L11" s="496"/>
       <c r="M11" s="496"/>
       <c r="N11" s="496"/>
       <c r="O11" s="496"/>
       <c r="P11" s="496"/>
       <c r="Q11" s="496"/>
       <c r="R11" s="496"/>
       <c r="S11" s="496"/>
       <c r="T11" s="496"/>
       <c r="U11" s="496"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
       <c r="AE11"/>
       <c r="AF11"/>
       <c r="AG11"/>
       <c r="AH11"/>
@@ -28923,81 +28905,81 @@
       <c r="IT11"/>
       <c r="IU11"/>
       <c r="IV11"/>
       <c r="IW11"/>
       <c r="IX11"/>
       <c r="IY11"/>
       <c r="IZ11"/>
       <c r="JA11"/>
       <c r="JB11"/>
       <c r="JC11"/>
       <c r="JD11"/>
       <c r="JE11"/>
       <c r="JF11"/>
       <c r="JG11"/>
       <c r="JH11"/>
       <c r="JI11"/>
       <c r="JJ11"/>
       <c r="JK11"/>
       <c r="JL11"/>
       <c r="JM11"/>
       <c r="JN11"/>
       <c r="JO11"/>
       <c r="JP11"/>
       <c r="JQ11"/>
     </row>
-    <row r="12" spans="1:277" s="140" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:277" s="140" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A12" s="136"/>
       <c r="B12" s="136"/>
       <c r="C12" s="137"/>
       <c r="D12" s="136"/>
       <c r="E12" s="137"/>
       <c r="F12" s="136"/>
       <c r="G12" s="137"/>
       <c r="H12" s="137"/>
       <c r="I12" s="136"/>
       <c r="J12" s="497" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="K12" s="498"/>
       <c r="L12" s="499"/>
       <c r="M12" s="497" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="N12" s="498"/>
       <c r="O12" s="498"/>
       <c r="P12" s="499"/>
       <c r="Q12" s="497" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="R12" s="498"/>
       <c r="S12" s="499"/>
       <c r="T12" s="138" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="U12" s="257" t="s">
         <v>428</v>
+      </c>
+      <c r="U12" s="264" t="s">
+        <v>429</v>
       </c>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
@@ -29212,72 +29194,72 @@
       <c r="IT12"/>
       <c r="IU12"/>
       <c r="IV12"/>
       <c r="IW12"/>
       <c r="IX12"/>
       <c r="IY12"/>
       <c r="IZ12"/>
       <c r="JA12"/>
       <c r="JB12"/>
       <c r="JC12"/>
       <c r="JD12"/>
       <c r="JE12"/>
       <c r="JF12"/>
       <c r="JG12"/>
       <c r="JH12"/>
       <c r="JI12"/>
       <c r="JJ12"/>
       <c r="JK12"/>
       <c r="JL12"/>
       <c r="JM12"/>
       <c r="JN12"/>
       <c r="JO12"/>
       <c r="JP12"/>
       <c r="JQ12"/>
     </row>
-    <row r="13" spans="1:277" s="140" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="260"/>
+    <row r="13" spans="1:277" s="140" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="262"/>
       <c r="B13" s="212"/>
       <c r="C13" s="141"/>
       <c r="D13" s="139"/>
       <c r="E13" s="141"/>
       <c r="F13" s="139"/>
       <c r="G13" s="141"/>
       <c r="H13" s="141"/>
       <c r="I13" s="139"/>
       <c r="J13" s="500"/>
       <c r="K13" s="484"/>
       <c r="L13" s="485"/>
       <c r="M13" s="500"/>
       <c r="N13" s="484"/>
       <c r="O13" s="484"/>
       <c r="P13" s="485"/>
       <c r="Q13" s="501"/>
       <c r="R13" s="502"/>
       <c r="S13" s="503"/>
       <c r="T13" s="141"/>
-      <c r="U13" s="258"/>
+      <c r="U13" s="263"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
       <c r="AD13"/>
       <c r="AE13"/>
       <c r="AF13"/>
       <c r="AG13"/>
       <c r="AH13"/>
       <c r="AI13"/>
       <c r="AJ13"/>
       <c r="AK13"/>
       <c r="AL13"/>
       <c r="AM13"/>
       <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
@@ -29491,72 +29473,72 @@
       <c r="IT13"/>
       <c r="IU13"/>
       <c r="IV13"/>
       <c r="IW13"/>
       <c r="IX13"/>
       <c r="IY13"/>
       <c r="IZ13"/>
       <c r="JA13"/>
       <c r="JB13"/>
       <c r="JC13"/>
       <c r="JD13"/>
       <c r="JE13"/>
       <c r="JF13"/>
       <c r="JG13"/>
       <c r="JH13"/>
       <c r="JI13"/>
       <c r="JJ13"/>
       <c r="JK13"/>
       <c r="JL13"/>
       <c r="JM13"/>
       <c r="JN13"/>
       <c r="JO13"/>
       <c r="JP13"/>
       <c r="JQ13"/>
     </row>
-    <row r="14" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="260"/>
+    <row r="14" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="262"/>
       <c r="B14" s="213"/>
       <c r="C14" s="141"/>
       <c r="D14" s="139"/>
       <c r="E14" s="141"/>
       <c r="F14" s="127"/>
       <c r="G14" s="141"/>
       <c r="H14" s="141"/>
       <c r="I14" s="139"/>
       <c r="J14" s="500"/>
       <c r="K14" s="484"/>
       <c r="L14" s="485"/>
       <c r="M14" s="500"/>
       <c r="N14" s="484"/>
       <c r="O14" s="484"/>
       <c r="P14" s="485"/>
       <c r="Q14" s="501"/>
       <c r="R14" s="502"/>
       <c r="S14" s="503"/>
       <c r="T14" s="141"/>
-      <c r="U14" s="258"/>
+      <c r="U14" s="263"/>
       <c r="V14"/>
       <c r="W14"/>
       <c r="X14"/>
       <c r="Y14"/>
       <c r="Z14"/>
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14"/>
       <c r="AD14"/>
       <c r="AE14"/>
       <c r="AF14"/>
       <c r="AG14"/>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
@@ -29770,72 +29752,72 @@
       <c r="IT14"/>
       <c r="IU14"/>
       <c r="IV14"/>
       <c r="IW14"/>
       <c r="IX14"/>
       <c r="IY14"/>
       <c r="IZ14"/>
       <c r="JA14"/>
       <c r="JB14"/>
       <c r="JC14"/>
       <c r="JD14"/>
       <c r="JE14"/>
       <c r="JF14"/>
       <c r="JG14"/>
       <c r="JH14"/>
       <c r="JI14"/>
       <c r="JJ14"/>
       <c r="JK14"/>
       <c r="JL14"/>
       <c r="JM14"/>
       <c r="JN14"/>
       <c r="JO14"/>
       <c r="JP14"/>
       <c r="JQ14"/>
     </row>
-    <row r="15" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="260"/>
+    <row r="15" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="262"/>
       <c r="B15" s="212"/>
       <c r="C15" s="141"/>
       <c r="D15" s="139"/>
       <c r="E15" s="139"/>
       <c r="F15" s="139"/>
       <c r="G15" s="139"/>
       <c r="H15" s="139"/>
       <c r="I15" s="139"/>
       <c r="J15" s="511"/>
       <c r="K15" s="512"/>
       <c r="L15" s="513"/>
       <c r="M15" s="511"/>
       <c r="N15" s="512"/>
       <c r="O15" s="512"/>
       <c r="P15" s="513"/>
       <c r="Q15" s="511"/>
       <c r="R15" s="512"/>
       <c r="S15" s="513"/>
       <c r="T15" s="139"/>
-      <c r="U15" s="259"/>
+      <c r="U15" s="261"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
       <c r="AA15"/>
       <c r="AB15"/>
       <c r="AC15"/>
       <c r="AD15"/>
       <c r="AE15"/>
       <c r="AF15"/>
       <c r="AG15"/>
       <c r="AH15"/>
       <c r="AI15"/>
       <c r="AJ15"/>
       <c r="AK15"/>
       <c r="AL15"/>
       <c r="AM15"/>
       <c r="AN15"/>
       <c r="AO15"/>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
@@ -30049,72 +30031,72 @@
       <c r="IT15"/>
       <c r="IU15"/>
       <c r="IV15"/>
       <c r="IW15"/>
       <c r="IX15"/>
       <c r="IY15"/>
       <c r="IZ15"/>
       <c r="JA15"/>
       <c r="JB15"/>
       <c r="JC15"/>
       <c r="JD15"/>
       <c r="JE15"/>
       <c r="JF15"/>
       <c r="JG15"/>
       <c r="JH15"/>
       <c r="JI15"/>
       <c r="JJ15"/>
       <c r="JK15"/>
       <c r="JL15"/>
       <c r="JM15"/>
       <c r="JN15"/>
       <c r="JO15"/>
       <c r="JP15"/>
       <c r="JQ15"/>
     </row>
-    <row r="16" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="260"/>
+    <row r="16" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="262"/>
       <c r="B16" s="212"/>
       <c r="C16" s="139"/>
       <c r="D16" s="139"/>
       <c r="E16" s="139"/>
       <c r="F16" s="139"/>
       <c r="G16" s="139"/>
       <c r="H16" s="139"/>
       <c r="I16" s="139"/>
       <c r="J16" s="511"/>
       <c r="K16" s="512"/>
       <c r="L16" s="513"/>
       <c r="M16" s="511"/>
       <c r="N16" s="512"/>
       <c r="O16" s="512"/>
       <c r="P16" s="513"/>
       <c r="Q16" s="511"/>
       <c r="R16" s="512"/>
       <c r="S16" s="513"/>
       <c r="T16" s="139"/>
-      <c r="U16" s="259"/>
+      <c r="U16" s="261"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16"/>
       <c r="AD16"/>
       <c r="AE16"/>
       <c r="AF16"/>
       <c r="AG16"/>
       <c r="AH16"/>
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
@@ -30328,72 +30310,72 @@
       <c r="IT16"/>
       <c r="IU16"/>
       <c r="IV16"/>
       <c r="IW16"/>
       <c r="IX16"/>
       <c r="IY16"/>
       <c r="IZ16"/>
       <c r="JA16"/>
       <c r="JB16"/>
       <c r="JC16"/>
       <c r="JD16"/>
       <c r="JE16"/>
       <c r="JF16"/>
       <c r="JG16"/>
       <c r="JH16"/>
       <c r="JI16"/>
       <c r="JJ16"/>
       <c r="JK16"/>
       <c r="JL16"/>
       <c r="JM16"/>
       <c r="JN16"/>
       <c r="JO16"/>
       <c r="JP16"/>
       <c r="JQ16"/>
     </row>
-    <row r="17" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="260"/>
+    <row r="17" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="262"/>
       <c r="B17" s="212"/>
       <c r="C17" s="139"/>
       <c r="D17" s="139"/>
       <c r="E17" s="139"/>
       <c r="F17" s="139"/>
       <c r="G17" s="139"/>
       <c r="H17" s="139"/>
       <c r="I17" s="139"/>
       <c r="J17" s="511"/>
       <c r="K17" s="512"/>
       <c r="L17" s="513"/>
       <c r="M17" s="511"/>
       <c r="N17" s="512"/>
       <c r="O17" s="512"/>
       <c r="P17" s="513"/>
       <c r="Q17" s="511"/>
       <c r="R17" s="512"/>
       <c r="S17" s="513"/>
       <c r="T17" s="139"/>
-      <c r="U17" s="259"/>
+      <c r="U17" s="261"/>
       <c r="V17"/>
       <c r="W17"/>
       <c r="X17"/>
       <c r="Y17"/>
       <c r="Z17"/>
       <c r="AA17"/>
       <c r="AB17"/>
       <c r="AC17"/>
       <c r="AD17"/>
       <c r="AE17"/>
       <c r="AF17"/>
       <c r="AG17"/>
       <c r="AH17"/>
       <c r="AI17"/>
       <c r="AJ17"/>
       <c r="AK17"/>
       <c r="AL17"/>
       <c r="AM17"/>
       <c r="AN17"/>
       <c r="AO17"/>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
@@ -30607,72 +30589,72 @@
       <c r="IT17"/>
       <c r="IU17"/>
       <c r="IV17"/>
       <c r="IW17"/>
       <c r="IX17"/>
       <c r="IY17"/>
       <c r="IZ17"/>
       <c r="JA17"/>
       <c r="JB17"/>
       <c r="JC17"/>
       <c r="JD17"/>
       <c r="JE17"/>
       <c r="JF17"/>
       <c r="JG17"/>
       <c r="JH17"/>
       <c r="JI17"/>
       <c r="JJ17"/>
       <c r="JK17"/>
       <c r="JL17"/>
       <c r="JM17"/>
       <c r="JN17"/>
       <c r="JO17"/>
       <c r="JP17"/>
       <c r="JQ17"/>
     </row>
-    <row r="18" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="142"/>
       <c r="B18" s="214"/>
       <c r="C18" s="143"/>
       <c r="D18" s="143"/>
       <c r="E18" s="143"/>
       <c r="F18" s="143"/>
       <c r="G18" s="143"/>
       <c r="H18" s="143"/>
       <c r="I18" s="143"/>
       <c r="J18" s="514"/>
       <c r="K18" s="502"/>
       <c r="L18" s="503"/>
       <c r="M18" s="515"/>
       <c r="N18" s="502"/>
       <c r="O18" s="502"/>
       <c r="P18" s="503"/>
       <c r="Q18" s="515"/>
       <c r="R18" s="516"/>
       <c r="S18" s="517"/>
       <c r="T18" s="144"/>
-      <c r="U18" s="261"/>
+      <c r="U18" s="260"/>
       <c r="V18"/>
       <c r="W18"/>
       <c r="X18"/>
       <c r="Y18"/>
       <c r="Z18"/>
       <c r="AA18"/>
       <c r="AB18"/>
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
       <c r="AF18"/>
       <c r="AG18"/>
       <c r="AH18"/>
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
@@ -30886,72 +30868,72 @@
       <c r="IT18"/>
       <c r="IU18"/>
       <c r="IV18"/>
       <c r="IW18"/>
       <c r="IX18"/>
       <c r="IY18"/>
       <c r="IZ18"/>
       <c r="JA18"/>
       <c r="JB18"/>
       <c r="JC18"/>
       <c r="JD18"/>
       <c r="JE18"/>
       <c r="JF18"/>
       <c r="JG18"/>
       <c r="JH18"/>
       <c r="JI18"/>
       <c r="JJ18"/>
       <c r="JK18"/>
       <c r="JL18"/>
       <c r="JM18"/>
       <c r="JN18"/>
       <c r="JO18"/>
       <c r="JP18"/>
       <c r="JQ18"/>
     </row>
-    <row r="19" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="142"/>
       <c r="B19" s="214"/>
       <c r="C19" s="143"/>
       <c r="D19" s="143"/>
       <c r="E19" s="143"/>
       <c r="F19" s="143"/>
       <c r="G19" s="143"/>
       <c r="H19" s="143"/>
       <c r="I19" s="143"/>
       <c r="J19" s="514"/>
       <c r="K19" s="502"/>
       <c r="L19" s="503"/>
       <c r="M19" s="515"/>
       <c r="N19" s="502"/>
       <c r="O19" s="502"/>
       <c r="P19" s="503"/>
       <c r="Q19" s="515"/>
       <c r="R19" s="516"/>
       <c r="S19" s="517"/>
       <c r="T19" s="144"/>
-      <c r="U19" s="261"/>
+      <c r="U19" s="260"/>
       <c r="V19"/>
       <c r="W19"/>
       <c r="X19"/>
       <c r="Y19"/>
       <c r="Z19"/>
       <c r="AA19"/>
       <c r="AB19"/>
       <c r="AC19"/>
       <c r="AD19"/>
       <c r="AE19"/>
       <c r="AF19"/>
       <c r="AG19"/>
       <c r="AH19"/>
       <c r="AI19"/>
       <c r="AJ19"/>
       <c r="AK19"/>
       <c r="AL19"/>
       <c r="AM19"/>
       <c r="AN19"/>
       <c r="AO19"/>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
@@ -31165,72 +31147,72 @@
       <c r="IT19"/>
       <c r="IU19"/>
       <c r="IV19"/>
       <c r="IW19"/>
       <c r="IX19"/>
       <c r="IY19"/>
       <c r="IZ19"/>
       <c r="JA19"/>
       <c r="JB19"/>
       <c r="JC19"/>
       <c r="JD19"/>
       <c r="JE19"/>
       <c r="JF19"/>
       <c r="JG19"/>
       <c r="JH19"/>
       <c r="JI19"/>
       <c r="JJ19"/>
       <c r="JK19"/>
       <c r="JL19"/>
       <c r="JM19"/>
       <c r="JN19"/>
       <c r="JO19"/>
       <c r="JP19"/>
       <c r="JQ19"/>
     </row>
-    <row r="20" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="142"/>
       <c r="B20" s="214"/>
       <c r="C20" s="143"/>
       <c r="D20" s="143"/>
       <c r="E20" s="143"/>
       <c r="F20" s="143"/>
       <c r="G20" s="143"/>
       <c r="H20" s="143"/>
       <c r="I20" s="143"/>
       <c r="J20" s="514"/>
       <c r="K20" s="502"/>
       <c r="L20" s="503"/>
       <c r="M20" s="515"/>
       <c r="N20" s="502"/>
       <c r="O20" s="502"/>
       <c r="P20" s="503"/>
       <c r="Q20" s="515"/>
       <c r="R20" s="516"/>
       <c r="S20" s="517"/>
       <c r="T20" s="144"/>
-      <c r="U20" s="261"/>
+      <c r="U20" s="260"/>
       <c r="V20"/>
       <c r="W20"/>
       <c r="X20"/>
       <c r="Y20"/>
       <c r="Z20"/>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20"/>
       <c r="AD20"/>
       <c r="AE20"/>
       <c r="AF20"/>
       <c r="AG20"/>
       <c r="AH20"/>
       <c r="AI20"/>
       <c r="AJ20"/>
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
@@ -31444,72 +31426,72 @@
       <c r="IT20"/>
       <c r="IU20"/>
       <c r="IV20"/>
       <c r="IW20"/>
       <c r="IX20"/>
       <c r="IY20"/>
       <c r="IZ20"/>
       <c r="JA20"/>
       <c r="JB20"/>
       <c r="JC20"/>
       <c r="JD20"/>
       <c r="JE20"/>
       <c r="JF20"/>
       <c r="JG20"/>
       <c r="JH20"/>
       <c r="JI20"/>
       <c r="JJ20"/>
       <c r="JK20"/>
       <c r="JL20"/>
       <c r="JM20"/>
       <c r="JN20"/>
       <c r="JO20"/>
       <c r="JP20"/>
       <c r="JQ20"/>
     </row>
-    <row r="21" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="142"/>
       <c r="B21" s="214"/>
       <c r="C21" s="143"/>
       <c r="D21" s="143"/>
       <c r="E21" s="143"/>
       <c r="F21" s="143"/>
       <c r="G21" s="143"/>
       <c r="H21" s="143"/>
       <c r="I21" s="143"/>
       <c r="J21" s="514"/>
       <c r="K21" s="502"/>
       <c r="L21" s="503"/>
       <c r="M21" s="515"/>
       <c r="N21" s="502"/>
       <c r="O21" s="502"/>
       <c r="P21" s="503"/>
       <c r="Q21" s="515"/>
       <c r="R21" s="516"/>
       <c r="S21" s="517"/>
       <c r="T21" s="144"/>
-      <c r="U21" s="261"/>
+      <c r="U21" s="260"/>
       <c r="V21"/>
       <c r="W21"/>
       <c r="X21"/>
       <c r="Y21"/>
       <c r="Z21"/>
       <c r="AA21"/>
       <c r="AB21"/>
       <c r="AC21"/>
       <c r="AD21"/>
       <c r="AE21"/>
       <c r="AF21"/>
       <c r="AG21"/>
       <c r="AH21"/>
       <c r="AI21"/>
       <c r="AJ21"/>
       <c r="AK21"/>
       <c r="AL21"/>
       <c r="AM21"/>
       <c r="AN21"/>
       <c r="AO21"/>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
@@ -31723,72 +31705,72 @@
       <c r="IT21"/>
       <c r="IU21"/>
       <c r="IV21"/>
       <c r="IW21"/>
       <c r="IX21"/>
       <c r="IY21"/>
       <c r="IZ21"/>
       <c r="JA21"/>
       <c r="JB21"/>
       <c r="JC21"/>
       <c r="JD21"/>
       <c r="JE21"/>
       <c r="JF21"/>
       <c r="JG21"/>
       <c r="JH21"/>
       <c r="JI21"/>
       <c r="JJ21"/>
       <c r="JK21"/>
       <c r="JL21"/>
       <c r="JM21"/>
       <c r="JN21"/>
       <c r="JO21"/>
       <c r="JP21"/>
       <c r="JQ21"/>
     </row>
-    <row r="22" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="142"/>
       <c r="B22" s="214"/>
       <c r="C22" s="143"/>
       <c r="D22" s="143"/>
       <c r="E22" s="143"/>
       <c r="F22" s="143"/>
       <c r="G22" s="143"/>
       <c r="H22" s="143"/>
       <c r="I22" s="143"/>
       <c r="J22" s="514"/>
       <c r="K22" s="502"/>
       <c r="L22" s="503"/>
       <c r="M22" s="515"/>
       <c r="N22" s="502"/>
       <c r="O22" s="502"/>
       <c r="P22" s="503"/>
       <c r="Q22" s="515"/>
       <c r="R22" s="516"/>
       <c r="S22" s="517"/>
       <c r="T22" s="144"/>
-      <c r="U22" s="261"/>
+      <c r="U22" s="260"/>
       <c r="V22"/>
       <c r="W22"/>
       <c r="X22"/>
       <c r="Y22"/>
       <c r="Z22"/>
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22"/>
       <c r="AD22"/>
       <c r="AE22"/>
       <c r="AF22"/>
       <c r="AG22"/>
       <c r="AH22"/>
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
@@ -32002,72 +31984,72 @@
       <c r="IT22"/>
       <c r="IU22"/>
       <c r="IV22"/>
       <c r="IW22"/>
       <c r="IX22"/>
       <c r="IY22"/>
       <c r="IZ22"/>
       <c r="JA22"/>
       <c r="JB22"/>
       <c r="JC22"/>
       <c r="JD22"/>
       <c r="JE22"/>
       <c r="JF22"/>
       <c r="JG22"/>
       <c r="JH22"/>
       <c r="JI22"/>
       <c r="JJ22"/>
       <c r="JK22"/>
       <c r="JL22"/>
       <c r="JM22"/>
       <c r="JN22"/>
       <c r="JO22"/>
       <c r="JP22"/>
       <c r="JQ22"/>
     </row>
-    <row r="23" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="142"/>
       <c r="B23" s="214"/>
       <c r="C23" s="143"/>
       <c r="D23" s="143"/>
       <c r="E23" s="143"/>
       <c r="F23" s="143"/>
       <c r="G23" s="143"/>
       <c r="H23" s="143"/>
       <c r="I23" s="143"/>
       <c r="J23" s="514"/>
       <c r="K23" s="502"/>
       <c r="L23" s="503"/>
       <c r="M23" s="515"/>
       <c r="N23" s="502"/>
       <c r="O23" s="502"/>
       <c r="P23" s="503"/>
       <c r="Q23" s="515"/>
       <c r="R23" s="516"/>
       <c r="S23" s="517"/>
       <c r="T23" s="144"/>
-      <c r="U23" s="261"/>
+      <c r="U23" s="260"/>
       <c r="V23"/>
       <c r="W23"/>
       <c r="X23"/>
       <c r="Y23"/>
       <c r="Z23"/>
       <c r="AA23"/>
       <c r="AB23"/>
       <c r="AC23"/>
       <c r="AD23"/>
       <c r="AE23"/>
       <c r="AF23"/>
       <c r="AG23"/>
       <c r="AH23"/>
       <c r="AI23"/>
       <c r="AJ23"/>
       <c r="AK23"/>
       <c r="AL23"/>
       <c r="AM23"/>
       <c r="AN23"/>
       <c r="AO23"/>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
@@ -32281,72 +32263,72 @@
       <c r="IT23"/>
       <c r="IU23"/>
       <c r="IV23"/>
       <c r="IW23"/>
       <c r="IX23"/>
       <c r="IY23"/>
       <c r="IZ23"/>
       <c r="JA23"/>
       <c r="JB23"/>
       <c r="JC23"/>
       <c r="JD23"/>
       <c r="JE23"/>
       <c r="JF23"/>
       <c r="JG23"/>
       <c r="JH23"/>
       <c r="JI23"/>
       <c r="JJ23"/>
       <c r="JK23"/>
       <c r="JL23"/>
       <c r="JM23"/>
       <c r="JN23"/>
       <c r="JO23"/>
       <c r="JP23"/>
       <c r="JQ23"/>
     </row>
-    <row r="24" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="142"/>
       <c r="B24" s="214"/>
       <c r="C24" s="143"/>
       <c r="D24" s="143"/>
       <c r="E24" s="143"/>
       <c r="F24" s="143"/>
       <c r="G24" s="143"/>
       <c r="H24" s="143"/>
       <c r="I24" s="143"/>
       <c r="J24" s="514"/>
       <c r="K24" s="502"/>
       <c r="L24" s="503"/>
       <c r="M24" s="515"/>
       <c r="N24" s="502"/>
       <c r="O24" s="502"/>
       <c r="P24" s="503"/>
       <c r="Q24" s="515"/>
       <c r="R24" s="516"/>
       <c r="S24" s="517"/>
       <c r="T24" s="144"/>
-      <c r="U24" s="261"/>
+      <c r="U24" s="260"/>
       <c r="V24"/>
       <c r="W24"/>
       <c r="X24"/>
       <c r="Y24"/>
       <c r="Z24"/>
       <c r="AA24"/>
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
@@ -32560,72 +32542,72 @@
       <c r="IT24"/>
       <c r="IU24"/>
       <c r="IV24"/>
       <c r="IW24"/>
       <c r="IX24"/>
       <c r="IY24"/>
       <c r="IZ24"/>
       <c r="JA24"/>
       <c r="JB24"/>
       <c r="JC24"/>
       <c r="JD24"/>
       <c r="JE24"/>
       <c r="JF24"/>
       <c r="JG24"/>
       <c r="JH24"/>
       <c r="JI24"/>
       <c r="JJ24"/>
       <c r="JK24"/>
       <c r="JL24"/>
       <c r="JM24"/>
       <c r="JN24"/>
       <c r="JO24"/>
       <c r="JP24"/>
       <c r="JQ24"/>
     </row>
-    <row r="25" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="142"/>
       <c r="B25" s="214"/>
       <c r="C25" s="143"/>
       <c r="D25" s="143"/>
       <c r="E25" s="143"/>
       <c r="F25" s="143"/>
       <c r="G25" s="143"/>
       <c r="H25" s="143"/>
       <c r="I25" s="143"/>
       <c r="J25" s="514"/>
       <c r="K25" s="502"/>
       <c r="L25" s="503"/>
       <c r="M25" s="515"/>
       <c r="N25" s="502"/>
       <c r="O25" s="502"/>
       <c r="P25" s="503"/>
       <c r="Q25" s="515"/>
       <c r="R25" s="516"/>
       <c r="S25" s="517"/>
       <c r="T25" s="144"/>
-      <c r="U25" s="261"/>
+      <c r="U25" s="260"/>
       <c r="V25"/>
       <c r="W25"/>
       <c r="X25"/>
       <c r="Y25"/>
       <c r="Z25"/>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25"/>
       <c r="AD25"/>
       <c r="AE25"/>
       <c r="AF25"/>
       <c r="AG25"/>
       <c r="AH25"/>
       <c r="AI25"/>
       <c r="AJ25"/>
       <c r="AK25"/>
       <c r="AL25"/>
       <c r="AM25"/>
       <c r="AN25"/>
       <c r="AO25"/>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
@@ -32839,72 +32821,72 @@
       <c r="IT25"/>
       <c r="IU25"/>
       <c r="IV25"/>
       <c r="IW25"/>
       <c r="IX25"/>
       <c r="IY25"/>
       <c r="IZ25"/>
       <c r="JA25"/>
       <c r="JB25"/>
       <c r="JC25"/>
       <c r="JD25"/>
       <c r="JE25"/>
       <c r="JF25"/>
       <c r="JG25"/>
       <c r="JH25"/>
       <c r="JI25"/>
       <c r="JJ25"/>
       <c r="JK25"/>
       <c r="JL25"/>
       <c r="JM25"/>
       <c r="JN25"/>
       <c r="JO25"/>
       <c r="JP25"/>
       <c r="JQ25"/>
     </row>
-    <row r="26" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="142"/>
       <c r="B26" s="214"/>
       <c r="C26" s="143"/>
       <c r="D26" s="143"/>
       <c r="E26" s="143"/>
       <c r="F26" s="143"/>
       <c r="G26" s="143"/>
       <c r="H26" s="143"/>
       <c r="I26" s="143"/>
       <c r="J26" s="514"/>
       <c r="K26" s="502"/>
       <c r="L26" s="503"/>
       <c r="M26" s="515"/>
       <c r="N26" s="502"/>
       <c r="O26" s="502"/>
       <c r="P26" s="503"/>
       <c r="Q26" s="515"/>
       <c r="R26" s="516"/>
       <c r="S26" s="517"/>
       <c r="T26" s="144"/>
-      <c r="U26" s="261"/>
+      <c r="U26" s="260"/>
       <c r="V26"/>
       <c r="W26"/>
       <c r="X26"/>
       <c r="Y26"/>
       <c r="Z26"/>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26"/>
       <c r="AD26"/>
       <c r="AE26"/>
       <c r="AF26"/>
       <c r="AG26"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
@@ -33118,72 +33100,72 @@
       <c r="IT26"/>
       <c r="IU26"/>
       <c r="IV26"/>
       <c r="IW26"/>
       <c r="IX26"/>
       <c r="IY26"/>
       <c r="IZ26"/>
       <c r="JA26"/>
       <c r="JB26"/>
       <c r="JC26"/>
       <c r="JD26"/>
       <c r="JE26"/>
       <c r="JF26"/>
       <c r="JG26"/>
       <c r="JH26"/>
       <c r="JI26"/>
       <c r="JJ26"/>
       <c r="JK26"/>
       <c r="JL26"/>
       <c r="JM26"/>
       <c r="JN26"/>
       <c r="JO26"/>
       <c r="JP26"/>
       <c r="JQ26"/>
     </row>
-    <row r="27" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="142"/>
       <c r="B27" s="214"/>
       <c r="C27" s="143"/>
       <c r="D27" s="143"/>
       <c r="E27" s="143"/>
       <c r="F27" s="143"/>
       <c r="G27" s="143"/>
       <c r="H27" s="143"/>
       <c r="I27" s="143"/>
       <c r="J27" s="514"/>
       <c r="K27" s="502"/>
       <c r="L27" s="503"/>
       <c r="M27" s="515"/>
       <c r="N27" s="502"/>
       <c r="O27" s="502"/>
       <c r="P27" s="503"/>
       <c r="Q27" s="515"/>
       <c r="R27" s="516"/>
       <c r="S27" s="517"/>
       <c r="T27" s="144"/>
-      <c r="U27" s="261"/>
+      <c r="U27" s="260"/>
       <c r="V27"/>
       <c r="W27"/>
       <c r="X27"/>
       <c r="Y27"/>
       <c r="Z27"/>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27"/>
       <c r="AD27"/>
       <c r="AE27"/>
       <c r="AF27"/>
       <c r="AG27"/>
       <c r="AH27"/>
       <c r="AI27"/>
       <c r="AJ27"/>
       <c r="AK27"/>
       <c r="AL27"/>
       <c r="AM27"/>
       <c r="AN27"/>
       <c r="AO27"/>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
@@ -33397,72 +33379,72 @@
       <c r="IT27"/>
       <c r="IU27"/>
       <c r="IV27"/>
       <c r="IW27"/>
       <c r="IX27"/>
       <c r="IY27"/>
       <c r="IZ27"/>
       <c r="JA27"/>
       <c r="JB27"/>
       <c r="JC27"/>
       <c r="JD27"/>
       <c r="JE27"/>
       <c r="JF27"/>
       <c r="JG27"/>
       <c r="JH27"/>
       <c r="JI27"/>
       <c r="JJ27"/>
       <c r="JK27"/>
       <c r="JL27"/>
       <c r="JM27"/>
       <c r="JN27"/>
       <c r="JO27"/>
       <c r="JP27"/>
       <c r="JQ27"/>
     </row>
-    <row r="28" spans="1:277" s="140" customFormat="1" ht="21.2" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:277" s="140" customFormat="1" ht="21.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="142"/>
       <c r="B28" s="214"/>
       <c r="C28" s="143"/>
       <c r="D28" s="143"/>
       <c r="E28" s="143"/>
       <c r="F28" s="143"/>
       <c r="G28" s="143"/>
       <c r="H28" s="143"/>
       <c r="I28" s="143"/>
       <c r="J28" s="514"/>
       <c r="K28" s="502"/>
       <c r="L28" s="503"/>
       <c r="M28" s="515"/>
       <c r="N28" s="502"/>
       <c r="O28" s="502"/>
       <c r="P28" s="503"/>
       <c r="Q28" s="515"/>
       <c r="R28" s="516"/>
       <c r="S28" s="517"/>
       <c r="T28" s="144"/>
-      <c r="U28" s="261"/>
+      <c r="U28" s="260"/>
       <c r="V28"/>
       <c r="W28"/>
       <c r="X28"/>
       <c r="Y28"/>
       <c r="Z28"/>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28"/>
       <c r="AD28"/>
       <c r="AE28"/>
       <c r="AF28"/>
       <c r="AG28"/>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
@@ -33676,146 +33658,146 @@
       <c r="IT28"/>
       <c r="IU28"/>
       <c r="IV28"/>
       <c r="IW28"/>
       <c r="IX28"/>
       <c r="IY28"/>
       <c r="IZ28"/>
       <c r="JA28"/>
       <c r="JB28"/>
       <c r="JC28"/>
       <c r="JD28"/>
       <c r="JE28"/>
       <c r="JF28"/>
       <c r="JG28"/>
       <c r="JH28"/>
       <c r="JI28"/>
       <c r="JJ28"/>
       <c r="JK28"/>
       <c r="JL28"/>
       <c r="JM28"/>
       <c r="JN28"/>
       <c r="JO28"/>
       <c r="JP28"/>
       <c r="JQ28"/>
     </row>
-    <row r="29" spans="1:277" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:277" ht="26.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="518"/>
       <c r="B29" s="507"/>
       <c r="C29" s="519" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D29" s="519"/>
       <c r="E29" s="520"/>
       <c r="F29" s="145"/>
       <c r="G29" s="519" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H29" s="519"/>
       <c r="I29" s="145"/>
       <c r="J29" s="145"/>
       <c r="K29" s="521" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="L29" s="522"/>
       <c r="M29" s="522"/>
       <c r="N29" s="522"/>
       <c r="O29" s="522"/>
       <c r="P29" s="522"/>
       <c r="Q29" s="507"/>
       <c r="R29" s="507"/>
       <c r="S29" s="507"/>
       <c r="T29" s="507"/>
       <c r="U29" s="507"/>
     </row>
-    <row r="30" spans="1:277" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:277" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="147" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B30" s="148"/>
       <c r="C30" s="525" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D30" s="525"/>
       <c r="E30" s="526"/>
       <c r="F30" s="148"/>
       <c r="G30" s="527" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H30" s="527"/>
       <c r="I30" s="527"/>
       <c r="J30" s="131"/>
       <c r="K30" s="131"/>
       <c r="L30" s="523" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M30" s="523"/>
       <c r="N30" s="523"/>
       <c r="O30" s="523"/>
       <c r="P30" s="149"/>
       <c r="Q30" s="523" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="R30" s="523"/>
       <c r="S30" s="523"/>
       <c r="T30" s="131"/>
       <c r="U30" s="131"/>
     </row>
-    <row r="31" spans="1:277" s="150" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B31" s="262"/>
+    <row r="31" spans="1:277" s="150" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="257" t="s">
+        <v>438</v>
+      </c>
+      <c r="B31" s="257"/>
       <c r="C31" s="523" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D31" s="523"/>
-      <c r="E31" s="262" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="262"/>
+      <c r="E31" s="257" t="s">
+        <v>439</v>
+      </c>
+      <c r="F31" s="257"/>
       <c r="G31" s="527" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H31" s="527"/>
       <c r="I31" s="527"/>
-      <c r="J31" s="262"/>
-      <c r="K31" s="262"/>
+      <c r="J31" s="257"/>
+      <c r="K31" s="257"/>
       <c r="L31" s="523" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="M31" s="523"/>
       <c r="N31" s="523"/>
       <c r="O31" s="523"/>
-      <c r="P31" s="262"/>
+      <c r="P31" s="257"/>
       <c r="Q31" s="523" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="R31" s="523"/>
       <c r="S31" s="523"/>
-      <c r="T31" s="262"/>
-      <c r="U31" s="262"/>
+      <c r="T31" s="257"/>
+      <c r="U31" s="257"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
@@ -34029,84 +34011,84 @@
       <c r="IT31"/>
       <c r="IU31"/>
       <c r="IV31"/>
       <c r="IW31"/>
       <c r="IX31"/>
       <c r="IY31"/>
       <c r="IZ31"/>
       <c r="JA31"/>
       <c r="JB31"/>
       <c r="JC31"/>
       <c r="JD31"/>
       <c r="JE31"/>
       <c r="JF31"/>
       <c r="JG31"/>
       <c r="JH31"/>
       <c r="JI31"/>
       <c r="JJ31"/>
       <c r="JK31"/>
       <c r="JL31"/>
       <c r="JM31"/>
       <c r="JN31"/>
       <c r="JO31"/>
       <c r="JP31"/>
       <c r="JQ31"/>
     </row>
-    <row r="32" spans="1:277" s="150" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B32" s="262"/>
+    <row r="32" spans="1:277" s="150" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="257" t="s">
+        <v>443</v>
+      </c>
+      <c r="B32" s="257"/>
       <c r="C32" s="523" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D32" s="523"/>
-      <c r="E32" s="262" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="262"/>
+      <c r="E32" s="257" t="s">
+        <v>445</v>
+      </c>
+      <c r="F32" s="257"/>
       <c r="G32" s="523" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H32" s="524"/>
-      <c r="I32" s="262"/>
-[...1 lines deleted...]
-      <c r="K32" s="262"/>
+      <c r="I32" s="257"/>
+      <c r="J32" s="257"/>
+      <c r="K32" s="257"/>
       <c r="L32" s="523" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="M32" s="523"/>
       <c r="N32" s="523"/>
       <c r="O32" s="523"/>
-      <c r="P32" s="262"/>
+      <c r="P32" s="257"/>
       <c r="Q32" s="523" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="R32" s="523"/>
       <c r="S32" s="523"/>
-      <c r="T32" s="262"/>
-      <c r="U32" s="262"/>
+      <c r="T32" s="257"/>
+      <c r="U32" s="257"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
@@ -34320,84 +34302,84 @@
       <c r="IT32"/>
       <c r="IU32"/>
       <c r="IV32"/>
       <c r="IW32"/>
       <c r="IX32"/>
       <c r="IY32"/>
       <c r="IZ32"/>
       <c r="JA32"/>
       <c r="JB32"/>
       <c r="JC32"/>
       <c r="JD32"/>
       <c r="JE32"/>
       <c r="JF32"/>
       <c r="JG32"/>
       <c r="JH32"/>
       <c r="JI32"/>
       <c r="JJ32"/>
       <c r="JK32"/>
       <c r="JL32"/>
       <c r="JM32"/>
       <c r="JN32"/>
       <c r="JO32"/>
       <c r="JP32"/>
       <c r="JQ32"/>
     </row>
-    <row r="33" spans="1:277" s="150" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B33" s="262"/>
+    <row r="33" spans="1:277" s="150" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A33" s="257" t="s">
+        <v>449</v>
+      </c>
+      <c r="B33" s="257"/>
       <c r="C33" s="523" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D33" s="523"/>
-      <c r="E33" s="262" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="262"/>
+      <c r="E33" s="257" t="s">
+        <v>451</v>
+      </c>
+      <c r="F33" s="257"/>
       <c r="G33" s="523" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H33" s="524"/>
-      <c r="I33" s="262"/>
-[...1 lines deleted...]
-      <c r="K33" s="262"/>
+      <c r="I33" s="257"/>
+      <c r="J33" s="257"/>
+      <c r="K33" s="257"/>
       <c r="L33" s="523" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M33" s="523"/>
       <c r="N33" s="523"/>
       <c r="O33" s="523"/>
-      <c r="P33" s="262"/>
+      <c r="P33" s="257"/>
       <c r="Q33" s="523" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="R33" s="523"/>
       <c r="S33" s="523"/>
-      <c r="T33" s="262"/>
-      <c r="U33" s="262"/>
+      <c r="T33" s="257"/>
+      <c r="U33" s="257"/>
       <c r="V33"/>
       <c r="W33"/>
       <c r="X33"/>
       <c r="Y33"/>
       <c r="Z33"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33"/>
       <c r="AD33"/>
       <c r="AE33"/>
       <c r="AF33"/>
       <c r="AG33"/>
       <c r="AH33"/>
       <c r="AI33"/>
       <c r="AJ33"/>
       <c r="AK33"/>
       <c r="AL33"/>
       <c r="AM33"/>
       <c r="AN33"/>
       <c r="AO33"/>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
@@ -34611,78 +34593,78 @@
       <c r="IT33"/>
       <c r="IU33"/>
       <c r="IV33"/>
       <c r="IW33"/>
       <c r="IX33"/>
       <c r="IY33"/>
       <c r="IZ33"/>
       <c r="JA33"/>
       <c r="JB33"/>
       <c r="JC33"/>
       <c r="JD33"/>
       <c r="JE33"/>
       <c r="JF33"/>
       <c r="JG33"/>
       <c r="JH33"/>
       <c r="JI33"/>
       <c r="JJ33"/>
       <c r="JK33"/>
       <c r="JL33"/>
       <c r="JM33"/>
       <c r="JN33"/>
       <c r="JO33"/>
       <c r="JP33"/>
       <c r="JQ33"/>
     </row>
-    <row r="34" spans="1:277" s="150" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B34" s="262"/>
+    <row r="34" spans="1:277" s="150" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="257"/>
+      <c r="B34" s="257"/>
       <c r="C34" s="523" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D34" s="523"/>
       <c r="E34" s="523" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F34" s="523"/>
       <c r="G34" s="523" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H34" s="524"/>
       <c r="I34" s="507"/>
-      <c r="J34" s="262"/>
-      <c r="K34" s="262"/>
+      <c r="J34" s="257"/>
+      <c r="K34" s="257"/>
       <c r="L34" s="523"/>
       <c r="M34" s="523"/>
       <c r="N34" s="523"/>
-      <c r="O34" s="262"/>
-[...5 lines deleted...]
-      <c r="U34" s="262"/>
+      <c r="O34" s="257"/>
+      <c r="P34" s="257"/>
+      <c r="Q34" s="257"/>
+      <c r="R34" s="257"/>
+      <c r="S34" s="257"/>
+      <c r="T34" s="257"/>
+      <c r="U34" s="257"/>
       <c r="V34"/>
       <c r="W34"/>
       <c r="X34"/>
       <c r="Y34"/>
       <c r="Z34"/>
       <c r="AA34"/>
       <c r="AB34"/>
       <c r="AC34"/>
       <c r="AD34"/>
       <c r="AE34"/>
       <c r="AF34"/>
       <c r="AG34"/>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
@@ -34896,78 +34878,78 @@
       <c r="IT34"/>
       <c r="IU34"/>
       <c r="IV34"/>
       <c r="IW34"/>
       <c r="IX34"/>
       <c r="IY34"/>
       <c r="IZ34"/>
       <c r="JA34"/>
       <c r="JB34"/>
       <c r="JC34"/>
       <c r="JD34"/>
       <c r="JE34"/>
       <c r="JF34"/>
       <c r="JG34"/>
       <c r="JH34"/>
       <c r="JI34"/>
       <c r="JJ34"/>
       <c r="JK34"/>
       <c r="JL34"/>
       <c r="JM34"/>
       <c r="JN34"/>
       <c r="JO34"/>
       <c r="JP34"/>
       <c r="JQ34"/>
     </row>
-    <row r="35" spans="1:277" s="150" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B35" s="263"/>
+    <row r="35" spans="1:277" s="150" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A35" s="258"/>
+      <c r="B35" s="258"/>
       <c r="C35" s="528" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D35" s="528"/>
-      <c r="E35" s="262" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="262"/>
+      <c r="E35" s="257" t="s">
+        <v>459</v>
+      </c>
+      <c r="F35" s="257"/>
       <c r="G35" s="523" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H35" s="524"/>
-      <c r="I35" s="262"/>
-[...1 lines deleted...]
-      <c r="K35" s="262"/>
+      <c r="I35" s="257"/>
+      <c r="J35" s="257"/>
+      <c r="K35" s="257"/>
       <c r="L35" s="523"/>
       <c r="M35" s="523"/>
       <c r="N35" s="523"/>
-      <c r="O35" s="262"/>
+      <c r="O35" s="257"/>
       <c r="P35" s="523"/>
       <c r="Q35" s="528"/>
       <c r="R35" s="528"/>
-      <c r="S35" s="263"/>
-[...1 lines deleted...]
-      <c r="U35" s="263"/>
+      <c r="S35" s="258"/>
+      <c r="T35" s="258"/>
+      <c r="U35" s="258"/>
       <c r="V35"/>
       <c r="W35"/>
       <c r="X35"/>
       <c r="Y35"/>
       <c r="Z35"/>
       <c r="AA35"/>
       <c r="AB35"/>
       <c r="AC35"/>
       <c r="AD35"/>
       <c r="AE35"/>
       <c r="AF35"/>
       <c r="AG35"/>
       <c r="AH35"/>
       <c r="AI35"/>
       <c r="AJ35"/>
       <c r="AK35"/>
       <c r="AL35"/>
       <c r="AM35"/>
       <c r="AN35"/>
       <c r="AO35"/>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
@@ -35181,76 +35163,76 @@
       <c r="IT35"/>
       <c r="IU35"/>
       <c r="IV35"/>
       <c r="IW35"/>
       <c r="IX35"/>
       <c r="IY35"/>
       <c r="IZ35"/>
       <c r="JA35"/>
       <c r="JB35"/>
       <c r="JC35"/>
       <c r="JD35"/>
       <c r="JE35"/>
       <c r="JF35"/>
       <c r="JG35"/>
       <c r="JH35"/>
       <c r="JI35"/>
       <c r="JJ35"/>
       <c r="JK35"/>
       <c r="JL35"/>
       <c r="JM35"/>
       <c r="JN35"/>
       <c r="JO35"/>
       <c r="JP35"/>
       <c r="JQ35"/>
     </row>
-    <row r="36" spans="1:277" s="117" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:277" s="117" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="529" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B36" s="530"/>
       <c r="C36" s="530"/>
       <c r="D36" s="530"/>
       <c r="E36" s="484"/>
       <c r="F36" s="484"/>
       <c r="G36" s="484"/>
       <c r="H36" s="484"/>
       <c r="I36" s="484"/>
       <c r="J36" s="484"/>
       <c r="K36" s="484"/>
       <c r="L36" s="484"/>
       <c r="M36" s="484"/>
       <c r="N36" s="484"/>
       <c r="O36" s="484"/>
       <c r="P36" s="484"/>
       <c r="Q36" s="484" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="R36" s="484"/>
       <c r="S36" s="484"/>
       <c r="T36" s="484"/>
-      <c r="U36" s="256"/>
+      <c r="U36" s="259"/>
       <c r="V36"/>
       <c r="W36"/>
       <c r="X36"/>
       <c r="Y36"/>
       <c r="Z36"/>
       <c r="AA36"/>
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
@@ -35464,52 +35446,52 @@
       <c r="IT36"/>
       <c r="IU36"/>
       <c r="IV36"/>
       <c r="IW36"/>
       <c r="IX36"/>
       <c r="IY36"/>
       <c r="IZ36"/>
       <c r="JA36"/>
       <c r="JB36"/>
       <c r="JC36"/>
       <c r="JD36"/>
       <c r="JE36"/>
       <c r="JF36"/>
       <c r="JG36"/>
       <c r="JH36"/>
       <c r="JI36"/>
       <c r="JJ36"/>
       <c r="JK36"/>
       <c r="JL36"/>
       <c r="JM36"/>
       <c r="JN36"/>
       <c r="JO36"/>
       <c r="JP36"/>
       <c r="JQ36"/>
     </row>
-    <row r="37" spans="1:277" s="117" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="262"/>
+    <row r="37" spans="1:277" s="117" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="257"/>
       <c r="V37"/>
       <c r="W37"/>
       <c r="X37"/>
       <c r="Y37"/>
       <c r="Z37"/>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37"/>
       <c r="AD37"/>
       <c r="AE37"/>
       <c r="AF37"/>
       <c r="AG37"/>
       <c r="AH37"/>
       <c r="AI37"/>
       <c r="AJ37"/>
       <c r="AK37"/>
       <c r="AL37"/>
       <c r="AM37"/>
       <c r="AN37"/>
       <c r="AO37"/>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
@@ -35723,1270 +35705,1270 @@
       <c r="IT37"/>
       <c r="IU37"/>
       <c r="IV37"/>
       <c r="IW37"/>
       <c r="IX37"/>
       <c r="IY37"/>
       <c r="IZ37"/>
       <c r="JA37"/>
       <c r="JB37"/>
       <c r="JC37"/>
       <c r="JD37"/>
       <c r="JE37"/>
       <c r="JF37"/>
       <c r="JG37"/>
       <c r="JH37"/>
       <c r="JI37"/>
       <c r="JJ37"/>
       <c r="JK37"/>
       <c r="JL37"/>
       <c r="JM37"/>
       <c r="JN37"/>
       <c r="JO37"/>
       <c r="JP37"/>
       <c r="JQ37"/>
     </row>
-    <row r="38" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A38" s="151"/>
       <c r="B38" s="151"/>
       <c r="C38" s="151"/>
       <c r="D38" s="151"/>
       <c r="E38" s="151"/>
       <c r="F38" s="151"/>
       <c r="G38" s="151"/>
       <c r="H38" s="151"/>
       <c r="I38" s="151"/>
       <c r="J38" s="151"/>
       <c r="K38" s="151"/>
       <c r="L38" s="151"/>
       <c r="M38" s="151"/>
       <c r="N38" s="151"/>
       <c r="O38" s="151"/>
       <c r="P38" s="151"/>
       <c r="Q38" s="151"/>
       <c r="R38" s="151"/>
       <c r="S38" s="151"/>
       <c r="T38" s="151"/>
       <c r="U38" s="151"/>
     </row>
-    <row r="39" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A39" s="151"/>
       <c r="B39" s="151"/>
       <c r="C39" s="151"/>
       <c r="D39" s="151"/>
       <c r="E39" s="151"/>
       <c r="F39" s="151"/>
       <c r="G39" s="151"/>
       <c r="H39" s="151"/>
       <c r="I39" s="151"/>
       <c r="J39" s="151"/>
       <c r="K39" s="151"/>
       <c r="L39" s="151"/>
       <c r="M39" s="151"/>
       <c r="N39" s="151"/>
       <c r="O39" s="151"/>
       <c r="P39" s="151"/>
       <c r="Q39" s="151"/>
       <c r="R39" s="151"/>
       <c r="S39" s="151"/>
       <c r="T39" s="151"/>
       <c r="U39" s="151"/>
     </row>
-    <row r="40" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A40" s="151"/>
       <c r="B40" s="151"/>
       <c r="C40" s="151"/>
       <c r="D40" s="151"/>
       <c r="E40" s="151"/>
       <c r="F40" s="151"/>
       <c r="G40" s="151"/>
       <c r="H40" s="151"/>
       <c r="I40" s="151"/>
       <c r="J40" s="151"/>
       <c r="K40" s="151"/>
       <c r="L40" s="151"/>
       <c r="M40" s="151"/>
       <c r="N40" s="151"/>
       <c r="O40" s="151"/>
       <c r="P40" s="151"/>
       <c r="Q40" s="151"/>
       <c r="R40" s="151"/>
       <c r="S40" s="151"/>
       <c r="T40" s="151"/>
       <c r="U40" s="151"/>
     </row>
-    <row r="41" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A41" s="151"/>
       <c r="B41" s="151"/>
       <c r="C41" s="151"/>
       <c r="D41" s="151"/>
       <c r="E41" s="151"/>
       <c r="F41" s="151"/>
       <c r="G41" s="151"/>
       <c r="H41" s="151"/>
       <c r="I41" s="151"/>
       <c r="J41" s="151"/>
       <c r="K41" s="151"/>
       <c r="L41" s="151"/>
       <c r="M41" s="151"/>
       <c r="N41" s="151"/>
       <c r="O41" s="151"/>
       <c r="P41" s="151"/>
       <c r="Q41" s="151"/>
       <c r="R41" s="151"/>
       <c r="S41" s="151"/>
       <c r="T41" s="151"/>
       <c r="U41" s="151"/>
     </row>
-    <row r="42" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A42" s="151"/>
       <c r="B42" s="151"/>
       <c r="C42" s="151"/>
       <c r="D42" s="151"/>
       <c r="E42" s="151"/>
       <c r="F42" s="151"/>
       <c r="G42" s="151"/>
       <c r="H42" s="151"/>
       <c r="I42" s="151"/>
       <c r="J42" s="151"/>
       <c r="K42" s="151"/>
       <c r="L42" s="151"/>
       <c r="M42" s="151"/>
       <c r="N42" s="151"/>
       <c r="O42" s="151"/>
       <c r="P42" s="151"/>
       <c r="Q42" s="151"/>
       <c r="R42" s="151"/>
       <c r="S42" s="151"/>
       <c r="T42" s="151"/>
       <c r="U42" s="151"/>
     </row>
-    <row r="43" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A43" s="151"/>
       <c r="B43" s="151"/>
       <c r="C43" s="151"/>
       <c r="D43" s="151"/>
       <c r="E43" s="151"/>
       <c r="F43" s="151"/>
       <c r="G43" s="151"/>
       <c r="H43" s="151"/>
       <c r="I43" s="151"/>
       <c r="J43" s="151"/>
       <c r="K43" s="151"/>
       <c r="L43" s="151"/>
       <c r="M43" s="151"/>
       <c r="N43" s="151"/>
       <c r="O43" s="151"/>
       <c r="P43" s="151"/>
       <c r="Q43" s="151"/>
       <c r="R43" s="151"/>
       <c r="S43" s="151"/>
       <c r="T43" s="151"/>
       <c r="U43" s="151"/>
     </row>
-    <row r="44" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A44" s="151"/>
       <c r="B44" s="151"/>
       <c r="C44" s="151"/>
       <c r="D44" s="151"/>
       <c r="E44" s="151"/>
       <c r="F44" s="151"/>
       <c r="G44" s="151"/>
       <c r="H44" s="151"/>
       <c r="I44" s="151"/>
       <c r="J44" s="151"/>
       <c r="K44" s="151"/>
       <c r="L44" s="151"/>
       <c r="M44" s="151"/>
       <c r="N44" s="151"/>
       <c r="O44" s="151"/>
       <c r="P44" s="151"/>
       <c r="Q44" s="151"/>
       <c r="R44" s="151"/>
       <c r="S44" s="151"/>
       <c r="T44" s="151"/>
       <c r="U44" s="151"/>
     </row>
-    <row r="45" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A45" s="151"/>
       <c r="B45" s="151"/>
       <c r="C45" s="151"/>
       <c r="D45" s="151"/>
       <c r="E45" s="151"/>
       <c r="F45" s="151"/>
       <c r="G45" s="151"/>
       <c r="H45" s="151"/>
       <c r="I45" s="151"/>
       <c r="J45" s="151"/>
       <c r="K45" s="151"/>
       <c r="L45" s="151"/>
       <c r="M45" s="151"/>
       <c r="N45" s="151"/>
       <c r="O45" s="151"/>
       <c r="P45" s="151"/>
       <c r="Q45" s="151"/>
       <c r="R45" s="151"/>
       <c r="S45" s="151"/>
       <c r="T45" s="151"/>
       <c r="U45" s="151"/>
     </row>
-    <row r="46" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A46" s="151"/>
       <c r="B46" s="151"/>
       <c r="C46" s="151"/>
       <c r="D46" s="151"/>
       <c r="E46" s="151"/>
       <c r="F46" s="151"/>
       <c r="G46" s="151"/>
       <c r="H46" s="151"/>
       <c r="I46" s="151"/>
       <c r="J46" s="151"/>
       <c r="K46" s="151"/>
       <c r="L46" s="151"/>
       <c r="M46" s="151"/>
       <c r="N46" s="151"/>
       <c r="O46" s="151"/>
       <c r="P46" s="151"/>
       <c r="Q46" s="151"/>
       <c r="R46" s="151"/>
       <c r="S46" s="151"/>
       <c r="T46" s="151"/>
       <c r="U46" s="151"/>
     </row>
-    <row r="47" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A47" s="151"/>
       <c r="B47" s="151"/>
       <c r="C47" s="151"/>
       <c r="D47" s="151"/>
       <c r="E47" s="151"/>
       <c r="F47" s="151"/>
       <c r="G47" s="151"/>
       <c r="H47" s="151"/>
       <c r="I47" s="151"/>
       <c r="J47" s="151"/>
       <c r="K47" s="151"/>
       <c r="L47" s="151"/>
       <c r="M47" s="151"/>
       <c r="N47" s="151"/>
       <c r="O47" s="151"/>
       <c r="P47" s="151"/>
       <c r="Q47" s="151"/>
       <c r="R47" s="151"/>
       <c r="S47" s="151"/>
       <c r="T47" s="151"/>
       <c r="U47" s="151"/>
     </row>
-    <row r="48" spans="1:277" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:277" x14ac:dyDescent="0.35">
       <c r="A48" s="151"/>
       <c r="B48" s="151"/>
       <c r="C48" s="151"/>
       <c r="D48" s="151"/>
       <c r="E48" s="151"/>
       <c r="F48" s="151"/>
       <c r="G48" s="151"/>
       <c r="H48" s="151"/>
       <c r="I48" s="151"/>
       <c r="J48" s="151"/>
       <c r="K48" s="151"/>
       <c r="L48" s="151"/>
       <c r="M48" s="151"/>
       <c r="N48" s="151"/>
       <c r="O48" s="151"/>
       <c r="P48" s="151"/>
       <c r="Q48" s="151"/>
       <c r="R48" s="151"/>
       <c r="S48" s="151"/>
       <c r="T48" s="151"/>
       <c r="U48" s="151"/>
     </row>
-    <row r="49" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A49" s="151"/>
       <c r="B49" s="151"/>
       <c r="C49" s="151"/>
       <c r="D49" s="151"/>
       <c r="E49" s="151"/>
       <c r="F49" s="151"/>
       <c r="G49" s="151"/>
       <c r="H49" s="151"/>
       <c r="I49" s="151"/>
       <c r="J49" s="151"/>
       <c r="K49" s="151"/>
       <c r="L49" s="151"/>
       <c r="M49" s="151"/>
       <c r="N49" s="151"/>
       <c r="O49" s="151"/>
       <c r="P49" s="151"/>
       <c r="Q49" s="151"/>
       <c r="R49" s="151"/>
       <c r="S49" s="151"/>
       <c r="T49" s="151"/>
       <c r="U49" s="151"/>
     </row>
-    <row r="50" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A50" s="151"/>
       <c r="B50" s="151"/>
       <c r="C50" s="151"/>
       <c r="D50" s="151"/>
       <c r="E50" s="151"/>
       <c r="F50" s="151"/>
       <c r="G50" s="151"/>
       <c r="H50" s="151"/>
       <c r="I50" s="151"/>
       <c r="J50" s="151"/>
       <c r="K50" s="151"/>
       <c r="L50" s="151"/>
       <c r="M50" s="151"/>
       <c r="N50" s="151"/>
       <c r="O50" s="151"/>
       <c r="P50" s="151"/>
       <c r="Q50" s="151"/>
       <c r="R50" s="151"/>
       <c r="S50" s="151"/>
       <c r="T50" s="151"/>
       <c r="U50" s="151"/>
     </row>
-    <row r="51" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A51" s="151"/>
       <c r="B51" s="151"/>
       <c r="C51" s="151"/>
       <c r="D51" s="151"/>
       <c r="E51" s="151"/>
       <c r="F51" s="151"/>
       <c r="G51" s="151"/>
       <c r="H51" s="151"/>
       <c r="I51" s="151"/>
       <c r="J51" s="151"/>
       <c r="K51" s="151"/>
       <c r="L51" s="151"/>
       <c r="M51" s="151"/>
       <c r="N51" s="151"/>
       <c r="O51" s="151"/>
       <c r="P51" s="151"/>
       <c r="Q51" s="151"/>
       <c r="R51" s="151"/>
       <c r="S51" s="151"/>
       <c r="T51" s="151"/>
       <c r="U51" s="151"/>
     </row>
-    <row r="52" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A52" s="151"/>
       <c r="B52" s="151"/>
       <c r="C52" s="151"/>
       <c r="D52" s="151"/>
       <c r="E52" s="151"/>
       <c r="F52" s="151"/>
       <c r="G52" s="151"/>
       <c r="H52" s="151"/>
       <c r="I52" s="151"/>
       <c r="J52" s="151"/>
       <c r="K52" s="151"/>
       <c r="L52" s="151"/>
       <c r="M52" s="151"/>
       <c r="N52" s="151"/>
       <c r="O52" s="151"/>
       <c r="P52" s="151"/>
       <c r="Q52" s="151"/>
       <c r="R52" s="151"/>
       <c r="S52" s="151"/>
       <c r="T52" s="151"/>
       <c r="U52" s="151"/>
     </row>
-    <row r="53" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A53" s="151"/>
       <c r="B53" s="151"/>
       <c r="C53" s="151"/>
       <c r="D53" s="151"/>
       <c r="E53" s="151"/>
       <c r="F53" s="151"/>
       <c r="G53" s="151"/>
       <c r="H53" s="151"/>
       <c r="I53" s="151"/>
       <c r="J53" s="151"/>
       <c r="K53" s="151"/>
       <c r="L53" s="151"/>
       <c r="M53" s="151"/>
       <c r="N53" s="151"/>
       <c r="O53" s="151"/>
       <c r="P53" s="151"/>
       <c r="Q53" s="151"/>
       <c r="R53" s="151"/>
       <c r="S53" s="151"/>
       <c r="T53" s="151"/>
       <c r="U53" s="151"/>
     </row>
-    <row r="54" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A54" s="151"/>
       <c r="B54" s="151"/>
       <c r="C54" s="151"/>
       <c r="D54" s="151"/>
       <c r="E54" s="151"/>
       <c r="F54" s="151"/>
       <c r="G54" s="151"/>
       <c r="H54" s="151"/>
       <c r="I54" s="151"/>
       <c r="J54" s="151"/>
       <c r="K54" s="151"/>
       <c r="L54" s="151"/>
       <c r="M54" s="151"/>
       <c r="N54" s="151"/>
       <c r="O54" s="151"/>
       <c r="P54" s="151"/>
       <c r="Q54" s="151"/>
       <c r="R54" s="151"/>
       <c r="S54" s="151"/>
       <c r="T54" s="151"/>
       <c r="U54" s="151"/>
     </row>
-    <row r="55" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A55" s="151"/>
       <c r="B55" s="151"/>
       <c r="C55" s="151"/>
       <c r="D55" s="151"/>
       <c r="E55" s="151"/>
       <c r="F55" s="151"/>
       <c r="G55" s="151"/>
       <c r="H55" s="151"/>
       <c r="I55" s="151"/>
       <c r="J55" s="122"/>
       <c r="K55" s="122"/>
       <c r="L55" s="122"/>
       <c r="M55" s="122"/>
       <c r="N55" s="122"/>
       <c r="O55" s="122"/>
       <c r="P55" s="122"/>
       <c r="Q55" s="122"/>
       <c r="R55" s="122"/>
       <c r="S55" s="122"/>
       <c r="T55" s="122"/>
       <c r="U55" s="122"/>
     </row>
-    <row r="56" spans="1:21" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="I56" s="263"/>
+    <row r="56" spans="1:21" x14ac:dyDescent="0.35">
+      <c r="A56" s="258"/>
+      <c r="B56" s="258"/>
+      <c r="C56" s="258"/>
+      <c r="D56" s="258"/>
+      <c r="E56" s="258"/>
+      <c r="F56" s="258"/>
+      <c r="G56" s="258"/>
+      <c r="H56" s="258"/>
+      <c r="I56" s="258"/>
       <c r="J56" s="125"/>
       <c r="K56" s="125"/>
       <c r="L56" s="125"/>
       <c r="M56" s="125"/>
       <c r="N56" s="125"/>
       <c r="O56" s="125"/>
       <c r="P56" s="125"/>
       <c r="Q56" s="125"/>
       <c r="R56" s="125"/>
       <c r="S56" s="125"/>
       <c r="T56" s="125"/>
       <c r="U56" s="125"/>
     </row>
-    <row r="57" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A57" s="152"/>
       <c r="B57" s="152"/>
       <c r="C57" s="152"/>
       <c r="D57" s="152"/>
       <c r="E57" s="152"/>
       <c r="F57" s="152"/>
       <c r="G57" s="152"/>
       <c r="H57" s="152"/>
       <c r="I57" s="152"/>
       <c r="J57" s="152"/>
       <c r="K57" s="152"/>
       <c r="L57" s="152"/>
       <c r="M57" s="152"/>
       <c r="N57" s="152"/>
       <c r="O57" s="152"/>
       <c r="P57" s="152"/>
       <c r="Q57" s="152"/>
       <c r="R57" s="152"/>
       <c r="S57" s="152"/>
       <c r="T57" s="152"/>
       <c r="U57" s="152"/>
     </row>
-    <row r="58" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A58" s="146"/>
       <c r="B58" s="146"/>
       <c r="C58" s="146"/>
       <c r="D58" s="146"/>
       <c r="E58" s="146"/>
       <c r="F58" s="146"/>
       <c r="G58" s="146"/>
       <c r="H58" s="146"/>
       <c r="I58" s="146"/>
       <c r="J58" s="146"/>
       <c r="K58" s="146"/>
       <c r="L58" s="146"/>
       <c r="M58" s="146"/>
       <c r="N58" s="146"/>
       <c r="O58" s="146"/>
       <c r="P58" s="146"/>
       <c r="Q58" s="146"/>
       <c r="R58" s="146"/>
       <c r="S58" s="146"/>
       <c r="T58" s="146"/>
       <c r="U58" s="146"/>
     </row>
-    <row r="59" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A59" s="146"/>
       <c r="B59" s="146"/>
       <c r="C59" s="146"/>
       <c r="D59" s="146"/>
       <c r="E59" s="146"/>
       <c r="F59" s="146"/>
       <c r="G59" s="146"/>
       <c r="H59" s="146"/>
       <c r="I59" s="146"/>
       <c r="J59" s="151"/>
       <c r="K59" s="151"/>
       <c r="L59" s="151"/>
       <c r="M59" s="151"/>
       <c r="N59" s="151"/>
       <c r="O59" s="151"/>
       <c r="P59" s="151"/>
       <c r="Q59" s="151"/>
       <c r="R59" s="151"/>
       <c r="S59" s="151"/>
       <c r="T59" s="151"/>
       <c r="U59" s="151"/>
     </row>
-    <row r="60" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A60" s="146"/>
       <c r="B60" s="146"/>
       <c r="C60" s="146"/>
       <c r="D60" s="146"/>
       <c r="E60" s="146"/>
       <c r="F60" s="146"/>
       <c r="G60" s="146"/>
       <c r="H60" s="146"/>
       <c r="I60" s="146"/>
       <c r="J60" s="146"/>
       <c r="K60" s="146"/>
       <c r="L60" s="146"/>
       <c r="M60" s="146"/>
       <c r="N60" s="146"/>
       <c r="O60" s="146"/>
       <c r="P60" s="146"/>
       <c r="Q60" s="146"/>
       <c r="R60" s="146"/>
       <c r="S60" s="146"/>
       <c r="T60" s="146"/>
       <c r="U60" s="146"/>
     </row>
-    <row r="61" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A61" s="151"/>
       <c r="B61" s="151"/>
       <c r="C61" s="151"/>
       <c r="D61" s="151"/>
       <c r="E61" s="151"/>
       <c r="F61" s="151"/>
       <c r="G61" s="151"/>
       <c r="H61" s="151"/>
       <c r="I61" s="151"/>
       <c r="J61" s="146"/>
       <c r="K61" s="146"/>
       <c r="L61" s="146"/>
       <c r="M61" s="146"/>
       <c r="N61" s="146"/>
       <c r="O61" s="146"/>
       <c r="P61" s="146"/>
       <c r="Q61" s="146"/>
       <c r="R61" s="146"/>
       <c r="S61" s="146"/>
       <c r="T61" s="146"/>
       <c r="U61" s="146"/>
     </row>
-    <row r="62" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A62" s="146"/>
       <c r="B62" s="146"/>
       <c r="C62" s="146"/>
       <c r="D62" s="146"/>
       <c r="E62" s="146"/>
       <c r="F62" s="146"/>
       <c r="G62" s="146"/>
       <c r="H62" s="146"/>
       <c r="I62" s="146"/>
       <c r="J62" s="146"/>
       <c r="K62" s="146"/>
       <c r="L62" s="146"/>
       <c r="M62" s="146"/>
       <c r="N62" s="146"/>
       <c r="O62" s="146"/>
       <c r="P62" s="146"/>
       <c r="Q62" s="146"/>
       <c r="R62" s="146"/>
       <c r="S62" s="146"/>
       <c r="T62" s="146"/>
       <c r="U62" s="146"/>
     </row>
-    <row r="63" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A63" s="151"/>
       <c r="B63" s="151"/>
       <c r="C63" s="151"/>
       <c r="D63" s="151"/>
       <c r="E63" s="151"/>
       <c r="F63" s="151"/>
       <c r="G63" s="151"/>
       <c r="H63" s="151"/>
       <c r="I63" s="151"/>
       <c r="J63" s="146"/>
       <c r="K63" s="146"/>
       <c r="L63" s="146"/>
       <c r="M63" s="146"/>
       <c r="N63" s="146"/>
       <c r="O63" s="146"/>
       <c r="P63" s="146"/>
       <c r="Q63" s="146"/>
       <c r="R63" s="146"/>
       <c r="S63" s="146"/>
       <c r="T63" s="146"/>
       <c r="U63" s="146"/>
     </row>
-    <row r="64" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A64" s="151"/>
       <c r="B64" s="151"/>
       <c r="C64" s="151"/>
       <c r="D64" s="151"/>
       <c r="E64" s="151"/>
       <c r="F64" s="151"/>
       <c r="G64" s="151"/>
       <c r="H64" s="151"/>
       <c r="I64" s="151"/>
       <c r="J64" s="146"/>
       <c r="K64" s="146"/>
       <c r="L64" s="146"/>
       <c r="M64" s="146"/>
       <c r="N64" s="146"/>
       <c r="O64" s="146"/>
       <c r="P64" s="146"/>
       <c r="Q64" s="146"/>
       <c r="R64" s="146"/>
       <c r="S64" s="146"/>
       <c r="T64" s="146"/>
       <c r="U64" s="146"/>
     </row>
-    <row r="65" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A65" s="146"/>
       <c r="B65" s="146"/>
       <c r="C65" s="146"/>
       <c r="D65" s="146"/>
       <c r="E65" s="146"/>
       <c r="F65" s="146"/>
       <c r="G65" s="146"/>
       <c r="H65" s="146"/>
       <c r="I65" s="146"/>
       <c r="J65" s="151"/>
       <c r="K65" s="151"/>
       <c r="L65" s="151"/>
       <c r="M65" s="151"/>
       <c r="N65" s="151"/>
       <c r="O65" s="151"/>
       <c r="P65" s="151"/>
       <c r="Q65" s="151"/>
       <c r="R65" s="151"/>
       <c r="S65" s="151"/>
       <c r="T65" s="151"/>
       <c r="U65" s="151"/>
     </row>
-    <row r="66" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A66" s="151"/>
       <c r="B66" s="151"/>
       <c r="C66" s="151"/>
       <c r="D66" s="151"/>
       <c r="E66" s="151"/>
       <c r="F66" s="151"/>
       <c r="G66" s="151"/>
       <c r="H66" s="151"/>
       <c r="I66" s="151"/>
       <c r="J66" s="146"/>
       <c r="K66" s="146"/>
       <c r="L66" s="146"/>
       <c r="M66" s="146"/>
       <c r="N66" s="146"/>
       <c r="O66" s="146"/>
       <c r="P66" s="146"/>
       <c r="Q66" s="146"/>
       <c r="R66" s="146"/>
       <c r="S66" s="146"/>
       <c r="T66" s="146"/>
       <c r="U66" s="146"/>
     </row>
-    <row r="67" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A67" s="151"/>
       <c r="B67" s="151"/>
       <c r="C67" s="151"/>
       <c r="D67" s="151"/>
       <c r="E67" s="151"/>
       <c r="F67" s="151"/>
       <c r="G67" s="151"/>
       <c r="H67" s="151"/>
       <c r="I67" s="151"/>
       <c r="J67" s="146"/>
       <c r="K67" s="146"/>
       <c r="L67" s="146"/>
       <c r="M67" s="146"/>
       <c r="N67" s="146"/>
       <c r="O67" s="146"/>
       <c r="P67" s="146"/>
       <c r="Q67" s="146"/>
       <c r="R67" s="146"/>
       <c r="S67" s="146"/>
       <c r="T67" s="146"/>
       <c r="U67" s="146"/>
     </row>
-    <row r="68" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A68" s="146"/>
       <c r="B68" s="146"/>
       <c r="C68" s="146"/>
       <c r="D68" s="146"/>
       <c r="E68" s="146"/>
       <c r="F68" s="146"/>
       <c r="G68" s="146"/>
       <c r="H68" s="146"/>
       <c r="I68" s="146"/>
       <c r="J68" s="146"/>
       <c r="K68" s="146"/>
       <c r="L68" s="146"/>
       <c r="M68" s="146"/>
       <c r="N68" s="146"/>
       <c r="O68" s="146"/>
       <c r="P68" s="146"/>
       <c r="Q68" s="146"/>
       <c r="R68" s="146"/>
       <c r="S68" s="146"/>
       <c r="T68" s="146"/>
       <c r="U68" s="146"/>
     </row>
-    <row r="69" spans="1:21" ht="67.7" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:21" ht="67.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A69" s="151"/>
       <c r="B69" s="151"/>
       <c r="C69" s="151"/>
       <c r="D69" s="151"/>
       <c r="E69" s="151"/>
       <c r="F69" s="151"/>
       <c r="G69" s="151"/>
       <c r="H69" s="151"/>
       <c r="I69" s="151"/>
       <c r="J69" s="146"/>
       <c r="K69" s="146"/>
       <c r="L69" s="146"/>
       <c r="M69" s="146"/>
       <c r="N69" s="146"/>
       <c r="O69" s="146"/>
       <c r="P69" s="146"/>
       <c r="Q69" s="146"/>
       <c r="R69" s="146"/>
       <c r="S69" s="146"/>
       <c r="T69" s="146"/>
       <c r="U69" s="146"/>
     </row>
-    <row r="70" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A70" s="151"/>
       <c r="B70" s="151"/>
       <c r="C70" s="151"/>
       <c r="D70" s="151"/>
       <c r="E70" s="151"/>
       <c r="F70" s="151"/>
       <c r="G70" s="151"/>
       <c r="H70" s="151"/>
       <c r="I70" s="151"/>
       <c r="J70" s="146"/>
       <c r="K70" s="146"/>
       <c r="L70" s="146"/>
       <c r="M70" s="146"/>
       <c r="N70" s="146"/>
       <c r="O70" s="146"/>
       <c r="P70" s="146"/>
       <c r="Q70" s="146"/>
       <c r="R70" s="146"/>
       <c r="S70" s="146"/>
       <c r="T70" s="146"/>
       <c r="U70" s="146"/>
     </row>
-    <row r="71" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A71" s="151"/>
       <c r="B71" s="151"/>
       <c r="C71" s="151"/>
       <c r="D71" s="151"/>
       <c r="E71" s="151"/>
       <c r="F71" s="151"/>
       <c r="G71" s="151"/>
       <c r="H71" s="151"/>
       <c r="I71" s="151"/>
       <c r="J71" s="146"/>
       <c r="K71" s="146"/>
       <c r="L71" s="146"/>
       <c r="M71" s="146"/>
       <c r="N71" s="146"/>
       <c r="O71" s="146"/>
       <c r="P71" s="146"/>
       <c r="Q71" s="146"/>
       <c r="R71" s="146"/>
       <c r="S71" s="146"/>
       <c r="T71" s="146"/>
       <c r="U71" s="146"/>
     </row>
-    <row r="72" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A72" s="151"/>
       <c r="B72" s="151"/>
       <c r="C72" s="151"/>
       <c r="D72" s="151"/>
       <c r="E72" s="151"/>
       <c r="F72" s="151"/>
       <c r="G72" s="151"/>
       <c r="H72" s="151"/>
       <c r="I72" s="151"/>
       <c r="J72" s="146"/>
       <c r="K72" s="146"/>
       <c r="L72" s="146"/>
       <c r="M72" s="146"/>
       <c r="N72" s="146"/>
       <c r="O72" s="146"/>
       <c r="P72" s="146"/>
       <c r="Q72" s="146"/>
       <c r="R72" s="146"/>
       <c r="S72" s="146"/>
       <c r="T72" s="146"/>
       <c r="U72" s="146"/>
     </row>
-    <row r="73" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A73" s="146"/>
       <c r="B73" s="146"/>
       <c r="C73" s="146"/>
       <c r="D73" s="146"/>
       <c r="E73" s="146"/>
       <c r="F73" s="146"/>
       <c r="G73" s="146"/>
       <c r="H73" s="146"/>
       <c r="I73" s="146"/>
       <c r="J73" s="151"/>
       <c r="K73" s="151"/>
       <c r="L73" s="151"/>
       <c r="M73" s="151"/>
       <c r="N73" s="151"/>
       <c r="O73" s="151"/>
       <c r="P73" s="151"/>
       <c r="Q73" s="151"/>
       <c r="R73" s="151"/>
       <c r="S73" s="151"/>
       <c r="T73" s="151"/>
       <c r="U73" s="151"/>
     </row>
-    <row r="74" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A74" s="151"/>
       <c r="B74" s="151"/>
       <c r="C74" s="151"/>
       <c r="D74" s="151"/>
       <c r="E74" s="151"/>
       <c r="F74" s="151"/>
       <c r="G74" s="151"/>
       <c r="H74" s="151"/>
       <c r="I74" s="151"/>
       <c r="J74" s="146"/>
       <c r="K74" s="146"/>
       <c r="L74" s="146"/>
       <c r="M74" s="146"/>
       <c r="N74" s="146"/>
       <c r="O74" s="146"/>
       <c r="P74" s="146"/>
       <c r="Q74" s="146"/>
       <c r="R74" s="146"/>
       <c r="S74" s="146"/>
       <c r="T74" s="146"/>
       <c r="U74" s="146"/>
     </row>
-    <row r="75" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A75" s="151"/>
       <c r="B75" s="151"/>
       <c r="C75" s="151"/>
       <c r="D75" s="151"/>
       <c r="E75" s="151"/>
       <c r="F75" s="151"/>
       <c r="G75" s="151"/>
       <c r="H75" s="151"/>
       <c r="I75" s="151"/>
       <c r="J75" s="146"/>
       <c r="K75" s="146"/>
       <c r="L75" s="146"/>
       <c r="M75" s="146"/>
       <c r="N75" s="146"/>
       <c r="O75" s="146"/>
       <c r="P75" s="146"/>
       <c r="Q75" s="146"/>
       <c r="R75" s="146"/>
       <c r="S75" s="146"/>
       <c r="T75" s="146"/>
       <c r="U75" s="146"/>
     </row>
-    <row r="76" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A76" s="151"/>
       <c r="B76" s="151"/>
       <c r="C76" s="151"/>
       <c r="D76" s="151"/>
       <c r="E76" s="151"/>
       <c r="F76" s="151"/>
       <c r="G76" s="151"/>
       <c r="H76" s="151"/>
       <c r="I76" s="151"/>
       <c r="J76" s="151"/>
       <c r="K76" s="151"/>
       <c r="L76" s="151"/>
       <c r="M76" s="151"/>
       <c r="N76" s="151"/>
       <c r="O76" s="151"/>
       <c r="P76" s="151"/>
       <c r="Q76" s="151"/>
       <c r="R76" s="151"/>
       <c r="S76" s="151"/>
       <c r="T76" s="151"/>
       <c r="U76" s="151"/>
     </row>
-    <row r="77" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A77" s="151"/>
       <c r="B77" s="151"/>
       <c r="C77" s="151"/>
       <c r="D77" s="151"/>
       <c r="E77" s="151"/>
       <c r="F77" s="151"/>
       <c r="G77" s="151"/>
       <c r="H77" s="151"/>
       <c r="I77" s="151"/>
       <c r="J77" s="122"/>
       <c r="K77" s="122"/>
       <c r="L77" s="122"/>
       <c r="M77" s="122"/>
       <c r="N77" s="122"/>
       <c r="O77" s="122"/>
       <c r="P77" s="122"/>
       <c r="Q77" s="122"/>
       <c r="R77" s="122"/>
       <c r="S77" s="122"/>
       <c r="T77" s="122"/>
       <c r="U77" s="122"/>
     </row>
-    <row r="78" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A78" s="151"/>
       <c r="B78" s="151"/>
       <c r="C78" s="151"/>
       <c r="D78" s="151"/>
       <c r="E78" s="151"/>
       <c r="F78" s="151"/>
       <c r="G78" s="151"/>
       <c r="H78" s="151"/>
       <c r="I78" s="151"/>
       <c r="J78" s="122"/>
       <c r="K78" s="122"/>
       <c r="L78" s="122"/>
       <c r="M78" s="122"/>
       <c r="N78" s="122"/>
       <c r="O78" s="122"/>
       <c r="P78" s="122"/>
       <c r="Q78" s="122"/>
       <c r="R78" s="122"/>
       <c r="S78" s="122"/>
       <c r="T78" s="122"/>
       <c r="U78" s="122"/>
     </row>
-    <row r="79" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A79" s="146"/>
       <c r="B79" s="146"/>
       <c r="C79" s="146"/>
       <c r="D79" s="146"/>
       <c r="E79" s="146"/>
       <c r="F79" s="146"/>
       <c r="G79" s="146"/>
       <c r="H79" s="146"/>
       <c r="I79" s="146"/>
       <c r="J79" s="122"/>
       <c r="K79" s="122"/>
       <c r="L79" s="122"/>
       <c r="M79" s="122"/>
       <c r="N79" s="122"/>
       <c r="O79" s="122"/>
       <c r="P79" s="122"/>
       <c r="Q79" s="122"/>
       <c r="R79" s="122"/>
       <c r="S79" s="122"/>
       <c r="T79" s="122"/>
       <c r="U79" s="122"/>
     </row>
-    <row r="80" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A80" s="146"/>
       <c r="B80" s="146"/>
       <c r="C80" s="146"/>
       <c r="D80" s="146"/>
       <c r="E80" s="146"/>
       <c r="F80" s="146"/>
       <c r="G80" s="146"/>
       <c r="H80" s="146"/>
       <c r="I80" s="146"/>
       <c r="J80" s="122"/>
       <c r="K80" s="122"/>
       <c r="L80" s="122"/>
       <c r="M80" s="122"/>
       <c r="N80" s="122"/>
       <c r="O80" s="122"/>
       <c r="P80" s="122"/>
       <c r="Q80" s="122"/>
       <c r="R80" s="122"/>
       <c r="S80" s="122"/>
       <c r="T80" s="122"/>
       <c r="U80" s="122"/>
     </row>
-    <row r="81" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A81" s="151"/>
       <c r="B81" s="151"/>
       <c r="C81" s="151"/>
       <c r="D81" s="151"/>
       <c r="E81" s="151"/>
       <c r="F81" s="151"/>
       <c r="G81" s="151"/>
       <c r="H81" s="151"/>
       <c r="I81" s="151"/>
       <c r="J81" s="122"/>
       <c r="K81" s="122"/>
       <c r="L81" s="122"/>
       <c r="M81" s="122"/>
       <c r="N81" s="122"/>
       <c r="O81" s="122"/>
       <c r="P81" s="122"/>
       <c r="Q81" s="122"/>
       <c r="R81" s="122"/>
       <c r="S81" s="122"/>
       <c r="T81" s="122"/>
       <c r="U81" s="122"/>
     </row>
-    <row r="82" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A82" s="151"/>
       <c r="B82" s="151"/>
       <c r="C82" s="151"/>
       <c r="D82" s="151"/>
       <c r="E82" s="151"/>
       <c r="F82" s="151"/>
       <c r="G82" s="151"/>
       <c r="H82" s="151"/>
       <c r="I82" s="151"/>
       <c r="J82" s="122"/>
       <c r="K82" s="122"/>
       <c r="L82" s="122"/>
       <c r="M82" s="122"/>
       <c r="N82" s="122"/>
       <c r="O82" s="122"/>
       <c r="P82" s="122"/>
       <c r="Q82" s="122"/>
       <c r="R82" s="122"/>
       <c r="S82" s="122"/>
       <c r="T82" s="122"/>
       <c r="U82" s="122"/>
     </row>
-    <row r="83" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A83" s="146"/>
       <c r="B83" s="146"/>
       <c r="C83" s="146"/>
       <c r="D83" s="146"/>
       <c r="E83" s="146"/>
       <c r="F83" s="146"/>
       <c r="G83" s="146"/>
       <c r="H83" s="146"/>
       <c r="I83" s="146"/>
       <c r="J83" s="122"/>
       <c r="K83" s="122"/>
       <c r="L83" s="122"/>
       <c r="M83" s="122"/>
       <c r="N83" s="122"/>
       <c r="O83" s="122"/>
       <c r="P83" s="122"/>
       <c r="Q83" s="122"/>
       <c r="R83" s="122"/>
       <c r="S83" s="122"/>
       <c r="T83" s="122"/>
       <c r="U83" s="122"/>
     </row>
-    <row r="84" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A84" s="146"/>
       <c r="B84" s="146"/>
       <c r="C84" s="146"/>
       <c r="D84" s="146"/>
       <c r="E84" s="146"/>
       <c r="F84" s="146"/>
       <c r="G84" s="146"/>
       <c r="H84" s="146"/>
       <c r="I84" s="146"/>
       <c r="J84" s="122"/>
       <c r="K84" s="122"/>
       <c r="L84" s="122"/>
       <c r="M84" s="122"/>
       <c r="N84" s="122"/>
       <c r="O84" s="122"/>
       <c r="P84" s="122"/>
       <c r="Q84" s="122"/>
       <c r="R84" s="122"/>
       <c r="S84" s="122"/>
       <c r="T84" s="122"/>
       <c r="U84" s="122"/>
     </row>
-    <row r="85" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A85" s="151"/>
       <c r="B85" s="151"/>
       <c r="C85" s="151"/>
       <c r="D85" s="151"/>
       <c r="E85" s="151"/>
       <c r="F85" s="151"/>
       <c r="G85" s="151"/>
       <c r="H85" s="151"/>
       <c r="I85" s="151"/>
       <c r="J85" s="122"/>
       <c r="K85" s="122"/>
       <c r="L85" s="122"/>
       <c r="M85" s="122"/>
       <c r="N85" s="122"/>
       <c r="O85" s="122"/>
       <c r="P85" s="122"/>
       <c r="Q85" s="122"/>
       <c r="R85" s="122"/>
       <c r="S85" s="122"/>
       <c r="T85" s="122"/>
       <c r="U85" s="122"/>
     </row>
-    <row r="86" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A86" s="151"/>
       <c r="B86" s="151"/>
       <c r="C86" s="151"/>
       <c r="D86" s="151"/>
       <c r="E86" s="151"/>
       <c r="F86" s="151"/>
       <c r="G86" s="151"/>
       <c r="H86" s="151"/>
       <c r="I86" s="151"/>
       <c r="J86" s="122"/>
       <c r="K86" s="122"/>
       <c r="L86" s="122"/>
       <c r="M86" s="122"/>
       <c r="N86" s="122"/>
       <c r="O86" s="122"/>
       <c r="P86" s="122"/>
       <c r="Q86" s="122"/>
       <c r="R86" s="122"/>
       <c r="S86" s="122"/>
       <c r="T86" s="122"/>
       <c r="U86" s="122"/>
     </row>
-    <row r="87" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A87" s="151"/>
       <c r="B87" s="151"/>
       <c r="C87" s="151"/>
       <c r="D87" s="151"/>
       <c r="E87" s="151"/>
       <c r="F87" s="151"/>
       <c r="G87" s="151"/>
       <c r="H87" s="151"/>
       <c r="I87" s="151"/>
       <c r="J87" s="122"/>
       <c r="K87" s="122"/>
       <c r="L87" s="122"/>
       <c r="M87" s="122"/>
       <c r="N87" s="122"/>
       <c r="O87" s="122"/>
       <c r="P87" s="122"/>
       <c r="Q87" s="122"/>
       <c r="R87" s="122"/>
       <c r="S87" s="122"/>
       <c r="T87" s="122"/>
       <c r="U87" s="122"/>
     </row>
-    <row r="88" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A88" s="146"/>
       <c r="B88" s="146"/>
       <c r="C88" s="146"/>
       <c r="D88" s="146"/>
       <c r="E88" s="146"/>
       <c r="F88" s="146"/>
       <c r="G88" s="146"/>
       <c r="H88" s="146"/>
       <c r="I88" s="146"/>
       <c r="J88" s="122"/>
       <c r="K88" s="122"/>
       <c r="L88" s="122"/>
       <c r="M88" s="122"/>
       <c r="N88" s="122"/>
       <c r="O88" s="122"/>
       <c r="P88" s="122"/>
       <c r="Q88" s="122"/>
       <c r="R88" s="122"/>
       <c r="S88" s="122"/>
       <c r="T88" s="122"/>
       <c r="U88" s="122"/>
     </row>
-    <row r="89" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A89" s="146"/>
       <c r="B89" s="146"/>
       <c r="C89" s="146"/>
       <c r="D89" s="146"/>
       <c r="E89" s="146"/>
       <c r="F89" s="146"/>
       <c r="G89" s="146"/>
       <c r="H89" s="146"/>
       <c r="I89" s="146"/>
       <c r="J89" s="122"/>
       <c r="K89" s="122"/>
       <c r="L89" s="122"/>
       <c r="M89" s="122"/>
       <c r="N89" s="122"/>
       <c r="O89" s="122"/>
       <c r="P89" s="122"/>
       <c r="Q89" s="122"/>
       <c r="R89" s="122"/>
       <c r="S89" s="122"/>
       <c r="T89" s="122"/>
       <c r="U89" s="122"/>
     </row>
-    <row r="90" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A90" s="153"/>
       <c r="B90" s="153"/>
       <c r="C90" s="153"/>
       <c r="D90" s="153"/>
       <c r="E90" s="153"/>
       <c r="F90" s="153"/>
       <c r="G90" s="153"/>
       <c r="H90" s="153"/>
       <c r="I90" s="153"/>
       <c r="J90" s="125"/>
       <c r="K90" s="125"/>
       <c r="L90" s="125"/>
       <c r="M90" s="125"/>
       <c r="N90" s="125"/>
       <c r="O90" s="125"/>
       <c r="P90" s="125"/>
       <c r="Q90" s="125"/>
       <c r="R90" s="125"/>
       <c r="S90" s="125"/>
       <c r="T90" s="125"/>
       <c r="U90" s="125"/>
     </row>
-    <row r="91" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A91" s="154"/>
       <c r="B91" s="154"/>
       <c r="C91" s="154"/>
       <c r="D91" s="154"/>
       <c r="E91" s="154"/>
       <c r="F91" s="154"/>
       <c r="G91" s="154"/>
       <c r="H91" s="154"/>
       <c r="I91" s="154"/>
       <c r="J91" s="154"/>
       <c r="K91" s="154"/>
       <c r="L91" s="154"/>
       <c r="M91" s="154"/>
       <c r="N91" s="154"/>
       <c r="O91" s="154"/>
       <c r="P91" s="154"/>
       <c r="Q91" s="154"/>
       <c r="R91" s="154"/>
       <c r="S91" s="154"/>
       <c r="T91" s="155"/>
       <c r="U91" s="155"/>
     </row>
   </sheetData>
   <mergeCells count="105">
     <mergeCell ref="P35:R35"/>
@@ -37074,123 +37056,127 @@
     <mergeCell ref="Q13:S13"/>
     <mergeCell ref="A8:L8"/>
     <mergeCell ref="O8:U8"/>
     <mergeCell ref="A9:L9"/>
     <mergeCell ref="O9:U9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:J10"/>
     <mergeCell ref="K10:P10"/>
     <mergeCell ref="Q10:U10"/>
     <mergeCell ref="A5:L5"/>
     <mergeCell ref="M5:N5"/>
     <mergeCell ref="O5:U5"/>
     <mergeCell ref="A6:L6"/>
     <mergeCell ref="O6:U6"/>
     <mergeCell ref="A7:L7"/>
     <mergeCell ref="O7:U7"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="G1:O1"/>
     <mergeCell ref="P1:U1"/>
     <mergeCell ref="A2:U2"/>
     <mergeCell ref="A3:U3"/>
     <mergeCell ref="A4:U4"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0.25" bottom="0" header="0.25" footer="0.25"/>
-  <pageSetup scale="53" pageOrder="overThenDown" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup scale="53" pageOrder="overThenDown" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B M D A A B Q S w M E F A A C A A g A Y X 2 G V U 1 7 F d u j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w G I R f h X S n L X U x 5 K c O r p K Y E I 1 r U y o 0 w o + h x f J u D j 6 S r y B G U T f H u / s u u b t f b 7 A a 2 y a 6 m N 7 Z D j O S U E 4 i g 7 o r L V Y Z G f w x X p K V h K 3 S J 1 W Z a I L R p a O z G a m 9 P 6 e M h R B o W N C u r 5 j g P G G H f F P o 2 r Q q t u i 8 Q m 3 I p 1 X + b x E J + 9 c Y K W i S c C q E o B z Y b E J u 8 Q u I a e 8 z / T F h P T R + 6 I 0 0 G O 8 K Y L M E 9 v 4 g H 1 B L A w Q U A A I A C A B h f Y Z V D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A Y X 2 G V S i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A Y X 2 G V U 1 7 F d u j A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G F 9 h l U P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A O 8 A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A Y X 2 G V S i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 A E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A O w I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A N + 0 2 f O r L 6 J G r S G 5 o O v a 0 4 c A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A r R B A u 0 k a N V 7 1 k w h f f F E V v Q A A A A A E g A A A o A A A A B A A A A A b c 3 L L O u 3 m b N E d M Y m B T e m U U A A A A E X Y B v l I y S 1 m o L T S A + 0 I C + Y d h D P G 2 y a n n f a h k J X 1 r d d q E s C s 9 u v H G n V 0 c l c 7 o D + g s H X / J y W 3 G N J v m y X b f j x t 7 8 o Y l j N 2 k 7 y 6 w T W s 9 I N j V o S a F A A A A I 2 V 2 9 w v h O 7 i T x h J p 5 y s o 2 n X e I F G < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="cd270f38-e6b2-4c6a-a0f1-56965b2848d3">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" xmlns:ns3="cd270f38-e6b2-4c6a-a0f1-56965b2848d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="86e0bebd211a36f03a7e93d2a4111995" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009A8501B98A75284095413D0B5D000C39" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c19286686725a769357c8487dbd57bbd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" xmlns:ns3="cd270f38-e6b2-4c6a-a0f1-56965b2848d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="86ed1837bef119b6fe02a0d553537952" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b"/>
     <xsd:import namespace="cd270f38-e6b2-4c6a-a0f1-56965b2848d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="11" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -37276,50 +37262,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -37376,97 +37367,94 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B M D A A B Q S w M E F A A C A A g A Y X 2 G V U 1 7 F d u j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w G I R f h X S n L X U x 5 K c O r p K Y E I 1 r U y o 0 w o + h x f J u D j 6 S r y B G U T f H u / s u u b t f b 7 A a 2 y a 6 m N 7 Z D j O S U E 4 i g 7 o r L V Y Z G f w x X p K V h K 3 S J 1 W Z a I L R p a O z G a m 9 P 6 e M h R B o W N C u r 5 j g P G G H f F P o 2 r Q q t u i 8 Q m 3 I p 1 X + b x E J + 9 c Y K W i S c C q E o B z Y b E J u 8 Q u I a e 8 z / T F h P T R + 6 I 0 0 G O 8 K Y L M E 9 v 4 g H 1 B L A w Q U A A I A C A B h f Y Z V D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A Y X 2 G V S i K R 7 g O A A A A E Q A A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A C t O T S 7 J z M 9 T C I b Q h t Y A U E s B A i 0 A F A A C A A g A Y X 2 G V U 1 7 F d u j A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A G F 9 h l U P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A O 8 A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A Y X 2 G V S i K R 7 g O A A A A E Q A A A B M A A A A A A A A A A A A A A A A A 4 A E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A O w I A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + l w E A A A A A A A B 1 A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c H M i I F Z h b H V l P S J z Q U F B Q U F B P T 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A 2 g A A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A N + 0 2 f O r L 6 J G r S G 5 o O v a 0 4 c A A A A A A g A A A A A A A 2 Y A A M A A A A A Q A A A A r R B A u 0 k a N V 7 1 k w h f f F E V v Q A A A A A E g A A A o A A A A B A A A A A b c 3 L L O u 3 m b N E d M Y m B T e m U U A A A A E X Y B v l I y S 1 m o L T S A + 0 I C + Y d h D P G 2 y a n n f a h k J X 1 r d d q E s C s 9 u v H G n V 0 c l c 7 o D + g s H X / J y W 3 G N J v m y X b f j x t 7 8 o Y l j N 2 k 7 y 6 w T W s 9 I N j V o S a F A A A A I 2 V 2 9 w v h O 7 i T x h J p 5 y s o 2 n X e I F G < / D a t a M a s h u p > 
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{93F0E365-C702-4DC8-A25A-ECC937EBA786}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2324D82F-D911-441E-BF1D-45C8BF307F1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{757566B5-96EA-4DD6-8503-A18D63E1AE34}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="cd270f38-e6b2-4c6a-a0f1-56965b2848d3"/>
     <ds:schemaRef ds:uri="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F6D6DB4-4CA4-4F39-B879-712673DA041F}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02F7B25C-1B0B-49AA-9A25-F04D2B4C7465}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="42dc7104-cf23-4c8d-80e3-6fad0bfaa29b"/>
     <ds:schemaRef ds:uri="cd270f38-e6b2-4c6a-a0f1-56965b2848d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -37499,43 +37487,42 @@
       <vt:lpstr>'MWBE HUD Form 2516'!Text2</vt:lpstr>
       <vt:lpstr>'MWBE HUD Form 2516'!Text3</vt:lpstr>
       <vt:lpstr>'MWBE HUD Form 2516'!text3a</vt:lpstr>
       <vt:lpstr>'MWBE HUD Form 2516'!Text9</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>NCDOC</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>NCDOC</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101009A8501B98A75284095413D0B5D000C39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>